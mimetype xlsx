--- v0 (2025-10-05)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc54f2e65fa1b4283" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2b66b12434134040" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R02fa942be60e49da"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc3eff26d869d429f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R52eff5f09d5b40ab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R02fa942be60e49da" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rada68a905f454a13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc3eff26d869d429f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ChancenMix40</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J8E0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,536 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.09.2025</x:t>
-[...484 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,007</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,552</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,394</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,889</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,617</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,738</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,560</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,253</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>