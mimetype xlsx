--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2b66b12434134040" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra092c89ce4114107" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc3eff26d869d429f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rce0900c35f9c4ee1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rada68a905f454a13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc3eff26d869d429f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3a67152fd6b04f75" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rce0900c35f9c4ee1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ChancenMix40</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J8E0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,976</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,457</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,479</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,641</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,066</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,337</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,036</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,201</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>