--- v2 (2025-11-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra092c89ce4114107" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3383fbee6a6b4edf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rce0900c35f9c4ee1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8b43a9b0faac4676"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3a67152fd6b04f75" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rce0900c35f9c4ee1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8a0376ba99e34bab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8b43a9b0faac4676" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ChancenMix40</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J8E0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...193 lines deleted...]
-          <x:t>115,028</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,441</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>114,658</x:t>
-[...436 lines deleted...]
-          <x:t>111,201</x:t>
+          <x:t>115,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,747</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>