--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3383fbee6a6b4edf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R89ea91bf85514716" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8b43a9b0faac4676"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2f8f329db3504e38"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8a0376ba99e34bab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8b43a9b0faac4676" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc51ea44f6c1946f8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2f8f329db3504e38" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ChancenMix40</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J8E0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>120,747</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,993</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>