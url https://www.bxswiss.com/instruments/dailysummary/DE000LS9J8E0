--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R89ea91bf85514716" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1c21066504074def" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2f8f329db3504e38"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R79682649dd964995"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc51ea44f6c1946f8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2f8f329db3504e38" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb7334a580f7f4352" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R79682649dd964995" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ChancenMix40</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J8E0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,803</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,284</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,738</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,844</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,735</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,678</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,551</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>