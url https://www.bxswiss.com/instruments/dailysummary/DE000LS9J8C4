--- v0 (2025-10-04)
+++ v1 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4b7f0cb1ceb54635" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R078a206b66ca42e9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R56383aae9dd6475c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcef8c9d99fe24a52"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R46d460ed25cd4716" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R56383aae9dd6475c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2290c67750584ed1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcef8c9d99fe24a52" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fundamental und Chart</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J8C4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>101,247</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,784</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>