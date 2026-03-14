--- v1 (2026-02-22)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R078a206b66ca42e9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R444ea5c95ea44b34" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcef8c9d99fe24a52"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R40e2468f9c7e4729"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2290c67750584ed1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcef8c9d99fe24a52" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R90d5612a0cfe4a78" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R40e2468f9c7e4729" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fundamental und Chart</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J8C4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,901</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,739</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,442</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,272</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,184</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,236</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,700</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>