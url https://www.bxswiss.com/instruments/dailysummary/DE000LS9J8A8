--- v0 (2025-10-04)
+++ v1 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8094202699df44b4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R932f8c39a8d248f8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R626d03d9264f42c7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R221d120ff8ac4556"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf193e4a4b5194b54" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R626d03d9264f42c7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7a134f8ac7fc4e0e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R221d120ff8ac4556" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CME Electromobility&amp;Smart Energy</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J8A8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>233,927</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,846</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>