--- v1 (2026-01-08)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R932f8c39a8d248f8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6bb9c79f662446f3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R221d120ff8ac4556"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R67e90e45f4e5428f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7a134f8ac7fc4e0e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R221d120ff8ac4556" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R68b5793853864f2b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R67e90e45f4e5428f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CME Electromobility&amp;Smart Energy</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J8A8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>227,846</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,865</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>