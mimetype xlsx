--- v0 (2025-10-03)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R62abbc9ce7c6460c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R13d1fc55569b4347" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1e8a4b3d3d0445c7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra11b9074137f476f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf5e0a1a4b26a4f84" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1e8a4b3d3d0445c7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1fa63d8d7e0a4a81" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra11b9074137f476f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Finanzoo Fundamentalanalyse</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J875</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...144 lines deleted...]
-          <x:t>100,536</x:t>
+          <x:t>22.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,969</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,479</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,165</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,505</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.09.2025</x:t>
-[...203 lines deleted...]
-          <x:t>100,237</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,046</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,774</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...266 lines deleted...]
-          <x:t>101,731</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,301</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>