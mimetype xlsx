--- v1 (2025-10-24)
+++ v2 (2025-11-13)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R13d1fc55569b4347" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6def76c0eca34c43" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra11b9074137f476f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R76c3b384d6f14c02"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1fa63d8d7e0a4a81" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra11b9074137f476f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2993df00780c4a29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R76c3b384d6f14c02" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Finanzoo Fundamentalanalyse</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J875</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>13.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,427</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,623</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,165</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,505</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,527</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,556</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,136</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,813</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>