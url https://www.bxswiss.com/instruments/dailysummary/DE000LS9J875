--- v2 (2025-11-13)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6def76c0eca34c43" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rece5ae0e63de4503" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R76c3b384d6f14c02"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0f9331febb8e40f9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2993df00780c4a29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R76c3b384d6f14c02" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R362dc297447f49bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0f9331febb8e40f9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Finanzoo Fundamentalanalyse</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J875</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>99,813</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,598</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>