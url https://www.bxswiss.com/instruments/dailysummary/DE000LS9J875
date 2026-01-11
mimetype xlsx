--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rece5ae0e63de4503" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R817a6e5058cc46a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0f9331febb8e40f9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4b372ea93ea64eb7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R362dc297447f49bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0f9331febb8e40f9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1c3ca4bf8c9a4dbc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4b372ea93ea64eb7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Finanzoo Fundamentalanalyse</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J875</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,952</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,027</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,551</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,942</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,432</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,787</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,248</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,052</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>