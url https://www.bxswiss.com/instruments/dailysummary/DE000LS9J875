--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R817a6e5058cc46a9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R61eb16f8ea344f1c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4b372ea93ea64eb7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0fa316b69c3344eb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1c3ca4bf8c9a4dbc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4b372ea93ea64eb7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R15271bb56a024eb3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0fa316b69c3344eb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Finanzoo Fundamentalanalyse</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J875</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>106,052</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,153</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>