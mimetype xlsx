--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R61eb16f8ea344f1c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ree332e952ab0408a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0fa316b69c3344eb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R577d2fd32da54faf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R15271bb56a024eb3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0fa316b69c3344eb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R383784d57c084f6c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R577d2fd32da54faf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Finanzoo Fundamentalanalyse</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J875</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...198 lines deleted...]
-          <x:t>104,985</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,720</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,810</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>104,207</x:t>
-[...151 lines deleted...]
-          <x:t>104,729</x:t>
+          <x:t>102,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,657</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,043</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>104,518</x:t>
-[...241 lines deleted...]
-        <x:is>
           <x:t>104,186</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,608</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,529</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,680</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>