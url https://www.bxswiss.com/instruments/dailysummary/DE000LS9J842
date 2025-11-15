--- v0 (2025-10-04)
+++ v1 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re8fc1c418dd9433b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2371e1ba219448b3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra33db4ac8b2e4480"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R371f5318e40f464d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R935dbcdecab14a02" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra33db4ac8b2e4480" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1981634a07174441" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R371f5318e40f464d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Underrated &amp; Emerging Stars</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J842</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>134,455</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,766</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>