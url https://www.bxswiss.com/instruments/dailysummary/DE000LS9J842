--- v1 (2025-11-15)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2371e1ba219448b3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6a75729abdd64d28" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R371f5318e40f464d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra7a1446887344851"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1981634a07174441" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R371f5318e40f464d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbcc2900ea9ad4103" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra7a1446887344851" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Underrated &amp; Emerging Stars</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J842</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...613 lines deleted...]
-          <x:t>131,766</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,522</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>