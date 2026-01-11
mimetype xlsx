--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6a75729abdd64d28" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb8a914fa3dc64a10" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra7a1446887344851"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R19ae379ab74446f5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbcc2900ea9ad4103" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra7a1446887344851" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0d75821519514c07" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R19ae379ab74446f5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Underrated &amp; Emerging Stars</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J842</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,517 +149,112 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...176 lines deleted...]
-          <x:t>130,064</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,948</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...280 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,870</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,796</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,315</x:t>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,595</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,822</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,222</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,078</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>