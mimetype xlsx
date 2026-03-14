--- v3 (2026-01-11)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb8a914fa3dc64a10" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R004fb61c862642d3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R19ae379ab74446f5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ree714c3abbac4d21"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0d75821519514c07" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R19ae379ab74446f5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf172e32a638c472c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ree714c3abbac4d21" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Underrated &amp; Emerging Stars</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J842</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>138,078</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,149</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>