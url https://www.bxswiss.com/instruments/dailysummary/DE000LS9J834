--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcc86f343a4e247d0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R32f000fbf93242b9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd52ad6df758141fd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb09a170b854549d4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0db3ad7b10374024" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd52ad6df758141fd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8d651893fe3c4f37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb09a170b854549d4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MS High-Rises</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J834</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>333,778</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>334,816</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>333,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>334,236</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>343,772</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>344,446</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>339,947</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>342,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,198</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>