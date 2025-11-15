--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R32f000fbf93242b9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R05374f618e724f78" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb09a170b854549d4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R19b5890ab6c04c57"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8d651893fe3c4f37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb09a170b854549d4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R67377af416324c32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R19b5890ab6c04c57" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MS High-Rises</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J834</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,627 +149,222 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...306 lines deleted...]
-          <x:t>344,054</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>342,337</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>342,945</x:t>
-[...258 lines deleted...]
-        <x:is>
           <x:t>343,592</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>335,817</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>336,024</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>336,304</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>343,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>345,563</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>343,047</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>344,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,180</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>