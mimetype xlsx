--- v2 (2025-11-15)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R05374f618e724f78" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4df6aff19c644136" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R19b5890ab6c04c57"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5c162e3aaaa24da1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R67377af416324c32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R19b5890ab6c04c57" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9d38f75c40aa4cbb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5c162e3aaaa24da1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MS High-Rises</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J834</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...495 lines deleted...]
-          <x:t>359,279</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,788</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>352,176</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...136 lines deleted...]
-          <x:t>351,180</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,148</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>