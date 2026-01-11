--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4df6aff19c644136" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R250734c26fdd4784" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5c162e3aaaa24da1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0e039a0d019043bb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9d38f75c40aa4cbb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5c162e3aaaa24da1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6a6aa33390424194" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0e039a0d019043bb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MS High-Rises</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J834</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,554 +149,149 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...9 lines deleted...]
-          <x:t>351,746</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,849</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>346,868</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...428 lines deleted...]
-          <x:t>346,741</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,864</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>348,947</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...47 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>350,000</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>348,149</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>348,846</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>345,035</x:t>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>349,022</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>353,623</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>348,939</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>353,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,178</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>