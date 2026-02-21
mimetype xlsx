--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R250734c26fdd4784" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R821ea2e170004d01" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0e039a0d019043bb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9c8726a6b32c492f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6a6aa33390424194" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0e039a0d019043bb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcd9fa61ebbcc4f55" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9c8726a6b32c492f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MS High-Rises</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J834</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>386,178</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,529</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>