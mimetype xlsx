--- v0 (2025-10-05)
+++ v1 (2026-01-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb276b6f9700f451e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd7cb4686dac34474" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R03f121730e1c49fb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R65350a5c2aa1442b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7a07a7551bf1469a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R03f121730e1c49fb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R79b031608e114f0f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R65350a5c2aa1442b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Überverkaufte Aktienwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J826</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>724,888</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>580,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>592,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>575,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>583,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>579,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>597,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>579,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>587,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>588,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>609,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>587,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>599,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>599,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>610,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>596,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>607,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>607,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>672,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>607,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>665,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>672,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>689,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>653,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>673,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>631,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>635,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>597,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>601,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>605,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>607,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>578,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>581,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>592,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>598,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>581,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>583,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>592,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>592,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>555,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>565,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>563,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>564,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>545,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>548,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>545,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>561,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>544,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>552,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>578,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>585,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>575,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>585,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>590,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>593,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>582,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>590,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>617,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>617,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>591,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>596,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>595,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>630,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>594,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>624,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>636,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>644,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>625,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>642,570</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>