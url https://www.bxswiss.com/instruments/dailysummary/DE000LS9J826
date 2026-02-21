--- v1 (2026-01-07)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd7cb4686dac34474" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re2d4440715b840a1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R65350a5c2aa1442b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R91204f0e2b354cd3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R79b031608e114f0f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R65350a5c2aa1442b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1741582fe14b4859" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R91204f0e2b354cd3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Überverkaufte Aktienwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J826</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>642,570</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>648,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>653,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>629,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>653,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>674,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>710,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>664,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>686,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>671,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>695,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>668,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>695,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>715,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>730,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>702,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>709,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>691,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>712,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>674,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>711,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>722,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>722,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>700,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>706,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>713,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>715,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>697,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>697,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>696,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>706,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>666,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>666,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>662,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>672,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>650,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>652,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>650,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>697,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>650,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>691,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>683,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>684,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>638,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>640,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>633,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>639,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>620,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>624,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>616,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>616,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>592,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>599,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>577,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>583,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>562,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>571,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>565,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>592,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>565,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>580,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>582,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>585,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>568,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>573,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>561,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>563,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>548,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>549,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>551,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>552,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>528,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>530,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>524,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>531,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>522,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>520,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>520,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>497,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>502,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>496,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>502,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>486,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,808</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>