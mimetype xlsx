--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re2d4440715b840a1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfca06012b2504cdc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R91204f0e2b354cd3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd40cf05abee74955"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1741582fe14b4859" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R91204f0e2b354cd3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1403e4eee2e146fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd40cf05abee74955" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Überverkaufte Aktienwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J826</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>582,197</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>585,760</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>568,452</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>573,427</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>464,601</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>467,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>454,243</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>464,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,034</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>