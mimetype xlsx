--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R608d1b4240fd4b46" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4c4add60c3ed452d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R20dd5a492e1c45c7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4c6a2b8ea67740ce"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rda88586bd8b748fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R20dd5a492e1c45c7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd7e1bbae70714dae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4c6a2b8ea67740ce" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Konsumtitel: aus dem Alltag</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J7Y0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,473 +149,68 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...95 lines deleted...]
-          <x:t>136,879</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,252</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,986</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...317 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,210</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,840</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,164</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,777</x:t>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,515</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,553</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,756</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,104</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>