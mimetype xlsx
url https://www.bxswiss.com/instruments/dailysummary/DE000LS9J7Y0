--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4c4add60c3ed452d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5d0f691b334845c6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4c6a2b8ea67740ce"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rde68f17cf610425b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd7e1bbae70714dae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4c6a2b8ea67740ce" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R813db013d3574903" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rde68f17cf610425b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Konsumtitel: aus dem Alltag</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J7Y0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,769</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,301</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,657</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,093</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,476</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,128</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,333</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,267</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>