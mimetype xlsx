--- v2 (2025-11-15)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5d0f691b334845c6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rae6d5c0e7f9642bf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rde68f17cf610425b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb054d3e562e74331"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R813db013d3574903" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rde68f17cf610425b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R483fb79a1c3a4477" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb054d3e562e74331" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Konsumtitel: aus dem Alltag</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J7Y0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>140,267</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,717</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>