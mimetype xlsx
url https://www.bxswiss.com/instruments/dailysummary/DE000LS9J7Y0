--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rae6d5c0e7f9642bf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf4d4a4af7ad24a7c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb054d3e562e74331"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R77885373bc7b4065"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R483fb79a1c3a4477" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb054d3e562e74331" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rca548c0956034861" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R77885373bc7b4065" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Konsumtitel: aus dem Alltag</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J7Y0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...247 lines deleted...]
-          <x:t>145,269</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,235</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,676</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>144,726</x:t>
-[...188 lines deleted...]
-          <x:t>144,666</x:t>
+          <x:t>144,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,256</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...185 lines deleted...]
-          <x:t>143,717</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,624</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>