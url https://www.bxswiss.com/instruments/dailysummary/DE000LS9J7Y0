--- v4 (2026-01-11)
+++ v5 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf4d4a4af7ad24a7c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb210f4177c594510" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R77885373bc7b4065"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra0cef258a64541c9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rca548c0956034861" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R77885373bc7b4065" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf683e8c9bb2d43a8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra0cef258a64541c9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Konsumtitel: aus dem Alltag</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J7Y0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>146,624</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,405</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>