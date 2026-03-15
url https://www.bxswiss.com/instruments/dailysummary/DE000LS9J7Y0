--- v5 (2026-02-22)
+++ v6 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb210f4177c594510" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b6d9855dcbf4098" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra0cef258a64541c9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd00159784b7e4d65"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf683e8c9bb2d43a8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra0cef258a64541c9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R667df19808e34060" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd00159784b7e4d65" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Konsumtitel: aus dem Alltag</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J7Y0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...161 lines deleted...]
-          <x:t>29.01.2026</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,281</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>143,652</x:t>
-[...220 lines deleted...]
-          <x:t>143,176</x:t>
+          <x:t>143,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,752</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,036</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...212 lines deleted...]
-          <x:t>144,405</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,542</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>