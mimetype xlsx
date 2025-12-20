--- v0 (2025-10-04)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf483f362534d411f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R259d83d8430245b1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R13e39108f42f41ca"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re198e01689ec4cfb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4d0f386e2cdd4e0e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R13e39108f42f41ca" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb19d895bf4ed4204" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re198e01689ec4cfb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Braune Brause Aktienwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J7X2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>115,234</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,658</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>