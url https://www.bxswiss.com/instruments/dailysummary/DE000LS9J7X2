--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R259d83d8430245b1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R721c4f6dd74b4b86" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re198e01689ec4cfb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbd522c0ba7994a60"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb19d895bf4ed4204" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re198e01689ec4cfb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfe2b8c88f6d844b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbd522c0ba7994a60" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Braune Brause Aktienwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J7X2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,664</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,887</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,651</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,846</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,139</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,736</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,632</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,126</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>