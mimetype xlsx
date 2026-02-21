--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R721c4f6dd74b4b86" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R503c4ea57a0947e6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbd522c0ba7994a60"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9dfa6f229e3f4267"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfe2b8c88f6d844b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbd522c0ba7994a60" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5b860b1539ee4ece" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9dfa6f229e3f4267" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Braune Brause Aktienwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J7X2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>120,126</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,902</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>