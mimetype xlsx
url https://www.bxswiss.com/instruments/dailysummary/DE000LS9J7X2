--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R503c4ea57a0947e6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R96de1c77902d4e1e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9dfa6f229e3f4267"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf606e70d18bd45b7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5b860b1539ee4ece" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9dfa6f229e3f4267" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R50235cfc125c4b13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf606e70d18bd45b7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Braune Brause Aktienwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J7X2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,196</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,330</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,654</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,889</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,220</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,015</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,059</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,234</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>