--- v0 (2025-10-04)
+++ v1 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ref1091f0b4344be0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R982ea5c6d3474402" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4b1c6f74a6224252"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0952c97fa9ad4c49"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4ea1294a3edd47bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4b1c6f74a6224252" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R05497e1030bd4925" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0952c97fa9ad4c49" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>RB Deutschland Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J7W4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>121,302</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,286</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>