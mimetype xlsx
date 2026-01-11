--- v1 (2025-11-15)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R982ea5c6d3474402" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8bb6163d1c91492a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0952c97fa9ad4c49"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R71c016cbc0d143aa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R05497e1030bd4925" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0952c97fa9ad4c49" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R941fdadcce48407b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R71c016cbc0d143aa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>RB Deutschland Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J7W4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...36 lines deleted...]
-          <x:t>122,873</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,204</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,883</x:t>
-        </x:is>
-[...597 lines deleted...]
-          <x:t>118,286</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>