--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8bb6163d1c91492a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra42af9bd617d4460" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R71c016cbc0d143aa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R35ab2781e18f4dd0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R941fdadcce48407b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R71c016cbc0d143aa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb29ac4867fd84297" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R35ab2781e18f4dd0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>RB Deutschland Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J7W4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>121,883</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,271</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>