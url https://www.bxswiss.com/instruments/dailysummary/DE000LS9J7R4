--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R39d720cfb1494c0b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfb6ce5be87844801" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9066b131bdc54b22"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb699f48d7bf347f2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R72c568ac17b14260" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9066b131bdc54b22" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re81d2989159d4db1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb699f48d7bf347f2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Laster, Lust und Lobby</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J7R4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...53 lines deleted...]
-          <x:t>04.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,405</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,494</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>170,761</x:t>
-[...80 lines deleted...]
-          <x:t>170,718</x:t>
+          <x:t>170,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,294</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>169,947</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>170,048</x:t>
-[...485 lines deleted...]
-          <x:t>176,979</x:t>
+          <x:t>170,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,060</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>