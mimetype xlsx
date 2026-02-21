--- v1 (2025-10-25)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfb6ce5be87844801" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra63ba7b5514f409a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb699f48d7bf347f2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfe7a0d4a437149b0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re81d2989159d4db1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb699f48d7bf347f2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7e9cb8850c104c5e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfe7a0d4a437149b0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Laster, Lust und Lobby</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J7R4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>170,060</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,840</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>