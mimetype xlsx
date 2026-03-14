--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra63ba7b5514f409a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1d5b2e070ab544ec" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfe7a0d4a437149b0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R195044ab1f064022"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7e9cb8850c104c5e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfe7a0d4a437149b0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R30b480e8ecbe487f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R195044ab1f064022" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Laster, Lust und Lobby</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J7R4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,433</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,563</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,060</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,451</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,349</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,863</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,319</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,090</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>