--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R54865b1705b7451e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0d4c2515e9504cfd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R48cb1dab769b4057"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd4cacf3b35064c39"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc2bf4855c1964b73" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R48cb1dab769b4057" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd2d23c09583b4f5b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd4cacf3b35064c39" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unternehmen im digitalen Wandel</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J792</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,532 +149,127 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...387 lines deleted...]
-          <x:t>339,735</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>338,173</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>338,487</x:t>
-[...16 lines deleted...]
-          <x:t>341,042</x:t>
+          <x:t>339,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,852</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>339,065</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...57 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>337,955</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>339,862</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>335,288</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>336,511</x:t>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>345,544</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>345,938</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>341,072</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>342,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,189</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>