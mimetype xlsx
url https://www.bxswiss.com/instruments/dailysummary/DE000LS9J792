--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0d4c2515e9504cfd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf5035ab26f5146ce" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd4cacf3b35064c39"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9282a466948341b1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd2d23c09583b4f5b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd4cacf3b35064c39" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4ea8dd1f97754442" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9282a466948341b1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unternehmen im digitalen Wandel</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J792</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>337,970</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>339,193</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>332,744</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>338,613</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>341,245</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>344,609</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>340,874</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>344,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,111</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>