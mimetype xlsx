--- v2 (2025-11-15)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf5035ab26f5146ce" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R86089f2439164235" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9282a466948341b1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0792b1faadca4890"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4ea8dd1f97754442" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9282a466948341b1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra365c866471845ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0792b1faadca4890" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unternehmen im digitalen Wandel</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J792</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>325,111</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,912</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>