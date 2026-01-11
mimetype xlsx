--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R86089f2439164235" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7a7a1e38a497480b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0792b1faadca4890"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3b73f7e9c37f4cec"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra365c866471845ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0792b1faadca4890" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R826d8bd7ae7d4fc7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3b73f7e9c37f4cec" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unternehmen im digitalen Wandel</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J792</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>342,502</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>342,657</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>337,931</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>339,939</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>324,941</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>328,327</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>323,955</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>327,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,994</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>