--- v4 (2026-01-11)
+++ v5 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7a7a1e38a497480b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raec1ebf93b8841dd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3b73f7e9c37f4cec"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R584a1e976f9d4f2c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R826d8bd7ae7d4fc7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3b73f7e9c37f4cec" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R24d8fecf3bdd474d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R584a1e976f9d4f2c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unternehmen im digitalen Wandel</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J792</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>337,994</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,164</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>