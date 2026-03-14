--- v5 (2026-02-22)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raec1ebf93b8841dd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8185c39981c3434a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R584a1e976f9d4f2c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rab5a84c3e59e4319"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R24d8fecf3bdd474d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R584a1e976f9d4f2c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R97c8a03d5ea34be3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rab5a84c3e59e4319" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unternehmen im digitalen Wandel</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J792</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,598 +149,220 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...41 lines deleted...]
-          <x:t>337,084</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>339,312</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...496 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>342,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>335,808</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>342,724</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>342,732</x:t>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>342,832</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>346,048</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>340,210</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>344,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,284</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>