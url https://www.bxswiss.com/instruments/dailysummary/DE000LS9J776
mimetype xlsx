--- v0 (2025-10-03)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R993ef43ab66648a8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd1e0a3705d574f11" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0d9568f4b63c4d42"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfa6bc123b8074615"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7f07010e41654d44" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0d9568f4b63c4d42" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3cc1c6aab7784ea8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfa6bc123b8074615" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fürs Leben mit Burggraben</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J776</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>22.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>169,002</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>169,035</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,560</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,700</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,518</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,314</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,207</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,039</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>