--- v1 (2025-10-24)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd1e0a3705d574f11" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R56dd42086dd241d0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfa6bc123b8074615"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcf681ea31f734e7d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3cc1c6aab7784ea8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfa6bc123b8074615" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R747da9ddd1764e1c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcf681ea31f734e7d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fürs Leben mit Burggraben</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J776</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>13.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>169,195</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>169,483</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,838</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>169,424</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>169,784</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,537</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>169,366</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,449</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>