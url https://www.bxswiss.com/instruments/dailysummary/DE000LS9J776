--- v2 (2025-11-14)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R56dd42086dd241d0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra778324180f54b39" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcf681ea31f734e7d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R29a8cec85eb14d09"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R747da9ddd1764e1c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcf681ea31f734e7d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb036838c23824e1c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R29a8cec85eb14d09" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fürs Leben mit Burggraben</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J776</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...306 lines deleted...]
-          <x:t>172,661</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,614</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,935</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...293 lines deleted...]
-          <x:t>174,125</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,772</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,276</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...23 lines deleted...]
-          <x:t>171,449</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,382</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>