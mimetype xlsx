--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra778324180f54b39" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R76cab7f818044a2e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R29a8cec85eb14d09"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Redb123e31e5f4254"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb036838c23824e1c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R29a8cec85eb14d09" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R09e48071872147bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Redb123e31e5f4254" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fürs Leben mit Burggraben</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J776</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,505 +149,53 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,207</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,961</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,057</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,864</x:t>
@@ -791,31 +339,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,816</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,488</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,565</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>