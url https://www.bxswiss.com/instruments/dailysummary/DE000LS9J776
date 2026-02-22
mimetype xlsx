--- v4 (2026-01-11)
+++ v5 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R76cab7f818044a2e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5068aa045e13423b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Redb123e31e5f4254"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R074bfee845d94911"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R09e48071872147bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Redb123e31e5f4254" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcf183c9ad1bd48ee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R074bfee845d94911" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fürs Leben mit Burggraben</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J776</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,464 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...308 lines deleted...]
-          <x:t>175,573</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,694</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,294</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>175,090</x:t>
-[...112 lines deleted...]
-          <x:t>180,565</x:t>
+          <x:t>175,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,415</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>