--- v5 (2026-02-22)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5068aa045e13423b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf4dd0aea104a416a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R074bfee845d94911"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re7e28e382e82455e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcf183c9ad1bd48ee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R074bfee845d94911" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9fb5505782074075" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re7e28e382e82455e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fürs Leben mit Burggraben</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J776</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,376</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,704</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,212</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,708</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,955</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,933</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,754</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,582</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>