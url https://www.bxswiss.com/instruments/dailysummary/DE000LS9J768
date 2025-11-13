--- v0 (2025-10-03)
+++ v1 (2025-11-13)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf644241d1e394a4d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda292d24ff8e4359" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R099eb63905634b6c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9ae0c2cfbf7141e8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0f0fd7ca18934abd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R099eb63905634b6c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reb1660bf4064434d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9ae0c2cfbf7141e8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Odin Invest Russia Opportunities</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J768</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>49,058</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,874</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>