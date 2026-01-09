--- v1 (2025-11-13)
+++ v2 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda292d24ff8e4359" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rde27a6050fa54c20" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9ae0c2cfbf7141e8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra77444e7a2314332"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reb1660bf4064434d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9ae0c2cfbf7141e8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd41871113acf482b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra77444e7a2314332" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Odin Invest Russia Opportunities</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J768</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...613 lines deleted...]
-          <x:t>49,874</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,757</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>