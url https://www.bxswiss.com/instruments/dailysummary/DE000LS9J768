--- v2 (2026-01-09)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rde27a6050fa54c20" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7062098784d84fcc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra77444e7a2314332"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8c28ac21d5e4466d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd41871113acf482b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra77444e7a2314332" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd79261473f584662" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8c28ac21d5e4466d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Odin Invest Russia Opportunities</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J768</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,938</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,938</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,905</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>54,420</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -629,31 +602,58 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>08.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,073</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,882</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>57,914</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,799</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>