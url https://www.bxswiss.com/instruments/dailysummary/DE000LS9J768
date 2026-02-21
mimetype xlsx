--- v3 (2026-01-10)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7062098784d84fcc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re580f4bb28ab4c54" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8c28ac21d5e4466d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R40a62e076a3a4d1a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd79261473f584662" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8c28ac21d5e4466d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R086855cf25c74474" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R40a62e076a3a4d1a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Odin Invest Russia Opportunities</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J768</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>59,799</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,802</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>