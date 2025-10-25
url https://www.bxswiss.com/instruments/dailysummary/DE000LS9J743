--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R211e12b61e63434b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R81435553faa9440f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra8b15cf1fe984938"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R85ff18be29ab4f00"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R57101e1babd5419c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra8b15cf1fe984938" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8d0cbf6718ac4abd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R85ff18be29ab4f00" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MS Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J743</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,897</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,935</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,654</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,708</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,844</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,476</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,192</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,468</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>