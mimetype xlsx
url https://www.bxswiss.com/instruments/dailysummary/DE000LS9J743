--- v1 (2025-10-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R81435553faa9440f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc86a16f948ff4166" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R85ff18be29ab4f00"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd1066ac0caaf433e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8d0cbf6718ac4abd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R85ff18be29ab4f00" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R90d4c8c1af1a4cf4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd1066ac0caaf433e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MS Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J743</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>131,468</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,974</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>