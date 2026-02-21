--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc86a16f948ff4166" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rea34ce343f9c4580" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd1066ac0caaf433e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R978d1bf9d5674f7c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R90d4c8c1af1a4cf4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd1066ac0caaf433e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra91e48e33f394726" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R978d1bf9d5674f7c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MS Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J743</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>171,974</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,163</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>