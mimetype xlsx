--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rea34ce343f9c4580" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R93239eaaf9d6458e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R978d1bf9d5674f7c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R300bb19c9058439d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra91e48e33f394726" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R978d1bf9d5674f7c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf571b320282f4add" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R300bb19c9058439d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MS Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J743</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,826</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,226</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,730</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,241</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,384</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,263</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,260</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>198,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,374</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>