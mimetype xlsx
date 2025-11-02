--- v0 (2025-10-12)
+++ v1 (2025-11-02)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9b72828797bb4187" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R001fe0cfe0734bb2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R25e9d30d30324e38"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R134a32edfabd4f30"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raf604a7934d04231" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R25e9d30d30324e38" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R629739fa18d04e5b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R134a32edfabd4f30" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>*RICH_MAN'$_WORLD*</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J6Y2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,710</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,161</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,583</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,018</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,220</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,472</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,353</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,428</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>