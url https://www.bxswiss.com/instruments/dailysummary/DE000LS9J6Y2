--- v1 (2025-11-02)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R001fe0cfe0734bb2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3cde86a8d3d54e77" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R134a32edfabd4f30"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R87708db5a6584d41"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R629739fa18d04e5b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R134a32edfabd4f30" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2eefa8fe7a9b469c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R87708db5a6584d41" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>*RICH_MAN'$_WORLD*</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J6Y2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.10.2025</x:t>
-[...188 lines deleted...]
-          <x:t>10.10.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,220</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>134,472</x:t>
-[...414 lines deleted...]
-          <x:t>139,428</x:t>
+          <x:t>134,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,703</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>