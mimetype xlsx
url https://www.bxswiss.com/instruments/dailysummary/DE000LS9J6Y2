--- v2 (2026-01-11)
+++ v3 (2026-02-02)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3cde86a8d3d54e77" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf5928ab8c42c4370" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R87708db5a6584d41"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1a4b2c1ace344a63"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2eefa8fe7a9b469c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R87708db5a6584d41" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R42ba1fcca0c247a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1a4b2c1ace344a63" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>*RICH_MAN'$_WORLD*</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J6Y2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,374 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...322 lines deleted...]
-        <x:is>
           <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,954</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,417</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,759</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,237</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -602,31 +278,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,170</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,879</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,283</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,025</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>