--- v3 (2026-02-02)
+++ v4 (2026-02-23)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf5928ab8c42c4370" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R516b36deb7314c29" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1a4b2c1ace344a63"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R876a7654835c48d4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R42ba1fcca0c247a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1a4b2c1ace344a63" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf1be8a2260294cd1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R876a7654835c48d4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>*RICH_MAN'$_WORLD*</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J6Y2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,401 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...349 lines deleted...]
-        <x:is>
           <x:t>22.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,202</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,435</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,599</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,088</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -683,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,023</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,089</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,730</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,121</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>