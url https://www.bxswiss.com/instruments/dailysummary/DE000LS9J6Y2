--- v4 (2026-02-23)
+++ v5 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R516b36deb7314c29" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd99358e1e45a4087" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R876a7654835c48d4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbbb3623a35244ed4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf1be8a2260294cd1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R876a7654835c48d4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra970c977c8104ef2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbbb3623a35244ed4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>*RICH_MAN'$_WORLD*</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J6Y2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,413</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,954</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,695</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,425</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,610</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,594</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,435</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,010</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>