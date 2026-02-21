--- v0 (2025-10-04)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R97118cd32e5a4506" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raff7b8c082be47fa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rae4f789f0d094b39"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R282a6ba5f84e46e5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcf844528f78d4131" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rae4f789f0d094b39" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R22860c703a4f496f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R282a6ba5f84e46e5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BIG Smiley Trends</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J6W6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>283,620</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,015</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>