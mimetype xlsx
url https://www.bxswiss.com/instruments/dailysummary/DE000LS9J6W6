--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raff7b8c082be47fa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rca0cd1832579457c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R282a6ba5f84e46e5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1c6282da0ac24e28"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R22860c703a4f496f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R282a6ba5f84e46e5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R30ede48a74524488" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1c6282da0ac24e28" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BIG Smiley Trends</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J6W6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>274,134</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>274,683</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>271,381</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>274,192</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>269,867</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>272,015</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>269,042</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>272,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,089</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>