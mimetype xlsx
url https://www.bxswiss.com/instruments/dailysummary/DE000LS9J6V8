--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re5e408a627774c10" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb075a03c6b5b408d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R51fb8a7fd84b4c8d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd3ac6003eaa24833"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R21e061acb2c44baa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R51fb8a7fd84b4c8d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7b26a26e90f24c89" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd3ac6003eaa24833" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutsche Werte - Dividende</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J6V8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...350 lines deleted...]
-          <x:t>19.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,876</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>133,473</x:t>
-[...279 lines deleted...]
-          <x:t>135,306</x:t>
+          <x:t>134,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,197</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>