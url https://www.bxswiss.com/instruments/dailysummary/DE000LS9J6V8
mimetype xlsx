--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb075a03c6b5b408d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf27926c8120949d6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd3ac6003eaa24833"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R03a8c63969594b09"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7b26a26e90f24c89" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd3ac6003eaa24833" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R15cfee9c31e84a7f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R03a8c63969594b09" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutsche Werte - Dividende</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J6V8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...382 lines deleted...]
-          <x:t>134,320</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,387</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,848</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...249 lines deleted...]
-          <x:t>134,197</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,440</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>