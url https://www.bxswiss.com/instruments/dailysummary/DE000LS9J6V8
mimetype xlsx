--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf27926c8120949d6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf479f9bff66c4890" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R03a8c63969594b09"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2cab86bb236d4678"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R15cfee9c31e84a7f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R03a8c63969594b09" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf9b7975b836547dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2cab86bb236d4678" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutsche Werte - Dividende</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J6V8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,517 +149,85 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...230 lines deleted...]
-          <x:t>132,436</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,340</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...226 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,519</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,146</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,107</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,583</x:t>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,716</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,872</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,433</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,566</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>