--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf479f9bff66c4890" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R776b2c95c8d64f26" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2cab86bb236d4678"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb113ca6e2c764d7e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf9b7975b836547dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2cab86bb236d4678" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R33c7f7b618ef4fb1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb113ca6e2c764d7e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutsche Werte - Dividende</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J6V8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>142,566</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,123</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>