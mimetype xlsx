--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R776b2c95c8d64f26" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbea2af4ab40e4b85" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb113ca6e2c764d7e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf03dc327bd8f40f1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R33c7f7b618ef4fb1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb113ca6e2c764d7e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R69021f3ea95648eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf03dc327bd8f40f1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutsche Werte - Dividende</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J6V8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,448</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,722</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,736</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,960</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,469</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,827</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,942</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>