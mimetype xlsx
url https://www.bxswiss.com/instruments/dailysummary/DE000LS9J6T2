--- v0 (2025-10-25)
+++ v1 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R910e0c94d37347d7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6dfa5f8353bf44ef" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R28de9d07331144cf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7e3cd6f91956446d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdaeaab47123f4065" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R28de9d07331144cf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra32b82aab260435c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7e3cd6f91956446d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MS WBWoodstock</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J6T2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>219,814</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>222,965</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>219,268</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>222,008</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>230,313</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>233,703</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>230,083</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>233,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,847</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>