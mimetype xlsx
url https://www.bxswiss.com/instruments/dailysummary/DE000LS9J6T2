--- v1 (2025-11-15)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6dfa5f8353bf44ef" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9a4d1ce858754629" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7e3cd6f91956446d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra58bb5fac3b147c3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra32b82aab260435c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7e3cd6f91956446d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8252d57db1434931" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra58bb5fac3b147c3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MS WBWoodstock</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J6T2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>237,847</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,785</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>