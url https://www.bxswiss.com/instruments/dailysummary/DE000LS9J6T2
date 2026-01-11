--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9a4d1ce858754629" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R008db376b19f4efa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra58bb5fac3b147c3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R01b2dbe850714434"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8252d57db1434931" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra58bb5fac3b147c3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7b7b92f2762d449d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R01b2dbe850714434" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MS WBWoodstock</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J6T2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,517 +149,85 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...203 lines deleted...]
-          <x:t>244,213</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>245,162</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...253 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>246,003</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>242,805</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>244,366</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>246,547</x:t>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>241,901</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>243,474</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>241,424</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>242,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,336</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>