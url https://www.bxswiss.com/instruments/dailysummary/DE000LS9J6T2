--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R008db376b19f4efa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R46d3bd81c84c410e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R01b2dbe850714434"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8537765644ef4ed5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7b7b92f2762d449d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R01b2dbe850714434" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd9f72df456804a86" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8537765644ef4ed5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MS WBWoodstock</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J6T2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>240,336</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,481</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>