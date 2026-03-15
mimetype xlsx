--- v4 (2026-02-22)
+++ v5 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R46d3bd81c84c410e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R99eefa69d0e64008" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8537765644ef4ed5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5279bec103924997"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd9f72df456804a86" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8537765644ef4ed5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raf582e61b7904b86" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5279bec103924997" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MS WBWoodstock</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J6T2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>234,979</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>235,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>228,880</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>228,880</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>229,278</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>229,802</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>227,497</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>229,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,342</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>