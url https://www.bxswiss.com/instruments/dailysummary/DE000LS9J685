--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4ec3d355feda4dae" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra5e08407392b4750" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2287a0171a994b4c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rff34c9cb52014bb3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9c52cbaa42f84263" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2287a0171a994b4c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd0810431b0444f99" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rff34c9cb52014bb3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BO GLOBAL TRADING / TURNAROUND</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J685</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,833</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,168</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,816</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,595</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,491</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,513</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,037</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,838</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>