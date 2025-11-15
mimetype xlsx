--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra5e08407392b4750" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rab1a463bfef24a49" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rff34c9cb52014bb3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rce09622e0b4b4df4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd0810431b0444f99" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rff34c9cb52014bb3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf54b0cb617a345c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rce09622e0b4b4df4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BO GLOBAL TRADING / TURNAROUND</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J685</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>125,833</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,168</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>125,816</x:t>
-[...597 lines deleted...]
-        <x:is>
           <x:t>128,329</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,949</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,175</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,593</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,040</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>