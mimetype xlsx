--- v2 (2025-11-15)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rab1a463bfef24a49" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5a0f1e94dc6f467c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rce09622e0b4b4df4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd7090f2a17024981"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf54b0cb617a345c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rce09622e0b4b4df4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R204bdced5ad64e9b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd7090f2a17024981" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BO GLOBAL TRADING / TURNAROUND</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J685</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>111,040</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,233</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>