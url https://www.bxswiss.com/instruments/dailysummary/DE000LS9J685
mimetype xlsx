--- v3 (2026-01-10)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5a0f1e94dc6f467c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra254e216fe894ffe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd7090f2a17024981"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R16a89531a76043b6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R204bdced5ad64e9b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd7090f2a17024981" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3f1d859ac78a43cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R16a89531a76043b6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BO GLOBAL TRADING / TURNAROUND</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J685</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>124,233</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,137</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>