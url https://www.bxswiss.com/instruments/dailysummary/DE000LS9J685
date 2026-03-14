--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra254e216fe894ffe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R193778bed9ba4fd8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R16a89531a76043b6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R01d65f2be41d40cd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3f1d859ac78a43cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R16a89531a76043b6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R816a80233d5d40fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R01d65f2be41d40cd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BO GLOBAL TRADING / TURNAROUND</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J685</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,512</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,902</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,891</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,981</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,789</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,282</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,650</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>