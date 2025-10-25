--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3773a5ae0be844d9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R62efc7b8a61241fe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc60cca3d4bf242b6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R722678724e8e4b09"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbd65181d8c8041d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc60cca3d4bf242b6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9477834f6c504f1f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R722678724e8e4b09" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CASTOREX valueLIST</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J669</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,119</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,744</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,990</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,431</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,495</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,224</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,784</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,758</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>