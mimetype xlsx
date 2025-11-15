--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R62efc7b8a61241fe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb5e251c65de04831" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R722678724e8e4b09"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfedff12a08c54c87"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9477834f6c504f1f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R722678724e8e4b09" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfafb1b2234b44f21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfedff12a08c54c87" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CASTOREX valueLIST</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J669</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,578 +149,173 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,659</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,119</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>140,744</x:t>
+          <x:t>141,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,192</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,990</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>140,431</x:t>
-[...506 lines deleted...]
-        <x:is>
           <x:t>139,053</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,932</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,269</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,642</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,374</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,698</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>