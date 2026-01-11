--- v2 (2025-11-15)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb5e251c65de04831" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0e791e13df394a01" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfedff12a08c54c87"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9cbb2e2299c145dd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfafb1b2234b44f21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfedff12a08c54c87" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R946c5ccd18984125" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9cbb2e2299c145dd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CASTOREX valueLIST</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J669</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>137,698</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,040</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>