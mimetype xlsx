--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0e791e13df394a01" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdd79baa5f32f414a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9cbb2e2299c145dd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R38bb1641e60a46e7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R946c5ccd18984125" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9cbb2e2299c145dd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1501bc7c65584710" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R38bb1641e60a46e7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CASTOREX valueLIST</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J669</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>151,040</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,181</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>