--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdd79baa5f32f414a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdda419eb46894819" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R38bb1641e60a46e7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7ee782115b284883"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1501bc7c65584710" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R38bb1641e60a46e7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0b129000c1ab47b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7ee782115b284883" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CASTOREX valueLIST</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J669</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...117 lines deleted...]
-          <x:t>156,485</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,885</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>156,374</x:t>
-[...512 lines deleted...]
-          <x:t>154,181</x:t>
+          <x:t>156,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,922</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>