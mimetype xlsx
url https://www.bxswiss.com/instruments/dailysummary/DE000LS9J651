--- v0 (2025-10-25)
+++ v1 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbced1530d55349f9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R41a7bfdee1ce4bb9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R23e22ae0866f4224"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R885f7709de1d48f5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R87fa4f1302bd4546" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R23e22ae0866f4224" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R22acf46fcb0f4300" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R885f7709de1d48f5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Data-Driven Research</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J651</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>229,973</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>231,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>227,139</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>230,462</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>225,540</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>228,020</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>225,187</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>226,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,760</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>