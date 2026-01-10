--- v1 (2025-11-15)
+++ v2 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R41a7bfdee1ce4bb9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R60a19dd0c9d14e84" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R885f7709de1d48f5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R849ef90e23fa4620"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R22acf46fcb0f4300" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R885f7709de1d48f5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8688e035b0af44f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R849ef90e23fa4620" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Data-Driven Research</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J651</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>205,760</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,129</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>