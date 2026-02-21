--- v2 (2026-01-10)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R60a19dd0c9d14e84" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R070762490b424aca" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R849ef90e23fa4620"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R292ff007aa3444c8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8688e035b0af44f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R849ef90e23fa4620" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R72fe7f55b712438d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R292ff007aa3444c8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Data-Driven Research</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J651</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>201,129</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,290</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>