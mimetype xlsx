--- v3 (2026-02-21)
+++ v4 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R070762490b424aca" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R228d6948cd8a4afd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R292ff007aa3444c8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R84e09021f3454f5e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R72fe7f55b712438d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R292ff007aa3444c8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf3e6e0e6d82a44d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R84e09021f3454f5e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Data-Driven Research</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J651</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,202</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,835</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,930</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,930</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,058</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,329</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,104</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,019</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>