--- v0 (2025-10-04)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R07e8bc92e6e24407" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3a6c343170b04bcd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raf5dfe82ae4b4f90"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R93b42a0f8d6a4062"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1828e40a9d524c36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raf5dfe82ae4b4f90" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1fd9a5f03bd64d30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R93b42a0f8d6a4062" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Momentum DAX-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J644</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>22.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>202,838</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>203,143</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>202,184</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>202,624</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>212,654</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>212,709</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>211,276</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>211,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,311</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>