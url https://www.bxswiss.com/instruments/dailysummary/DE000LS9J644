--- v1 (2025-10-24)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3a6c343170b04bcd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R513b48fa5fce46fa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R93b42a0f8d6a4062"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4ef058c634214b01"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1fd9a5f03bd64d30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R93b42a0f8d6a4062" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7bca23cac6fb4a34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4ef058c634214b01" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Momentum DAX-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J644</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>211,893</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>212,605</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>211,079</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>212,331</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,059</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,514</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,119</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>