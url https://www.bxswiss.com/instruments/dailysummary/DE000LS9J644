--- v2 (2025-11-15)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R513b48fa5fce46fa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1215a31b4e434297" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4ef058c634214b01"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbb523cca628c44b2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7bca23cac6fb4a34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4ef058c634214b01" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfefc54f819ef4fc5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbb523cca628c44b2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Momentum DAX-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J644</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>203,119</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,402</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>