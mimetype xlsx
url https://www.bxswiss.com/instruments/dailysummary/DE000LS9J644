--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1215a31b4e434297" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re8862e209adc40ed" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbb523cca628c44b2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfd92a9eebae34105"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfefc54f819ef4fc5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbb523cca628c44b2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7c59416814d14664" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfd92a9eebae34105" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Momentum DAX-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J644</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>204,718</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>204,810</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>202,853</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>204,011</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>205,735</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,469</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>205,694</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,469</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>