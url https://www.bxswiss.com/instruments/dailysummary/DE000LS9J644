--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re8862e209adc40ed" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rae3c4efd36c745bf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfd92a9eebae34105"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R689bf0f665de4fc6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7c59416814d14664" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfd92a9eebae34105" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3c4ac270ac2748b6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R689bf0f665de4fc6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Momentum DAX-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J644</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>211,469</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,870</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>