--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rae3c4efd36c745bf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0c4f348bcf2c4b94" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R689bf0f665de4fc6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R70dda8d4b9314cfa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3c4ac270ac2748b6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R689bf0f665de4fc6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd2242cbdf01f47b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R70dda8d4b9314cfa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Momentum DAX-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J644</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>205,521</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>206,202</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>204,602</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>206,197</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,189</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,458</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,142</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>209,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,122</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>