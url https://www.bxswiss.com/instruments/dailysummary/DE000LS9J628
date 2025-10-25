--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7d49f15250d24106" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra192678ea32c401c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4c3afc4a69674bfb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ref67aa4468b34b46"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc501b24adbe849aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4c3afc4a69674bfb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6f662f5ddcab4803" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ref67aa4468b34b46" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>World Power Momentum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J628</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,036</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,141</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,949</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,014</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,058</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,237</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,717</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,318</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>