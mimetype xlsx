--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra192678ea32c401c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R59d056d832b846eb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ref67aa4468b34b46"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0d84fa51359b44a1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6f662f5ddcab4803" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ref67aa4468b34b46" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra11973f593124578" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0d84fa51359b44a1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>World Power Momentum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J628</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,522 +149,117 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...149 lines deleted...]
-          <x:t>126,632</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,759</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,857</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...312 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,702</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,735</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,253</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,115</x:t>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,849</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,413</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,846</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,192</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>