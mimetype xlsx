--- v2 (2025-11-15)
+++ v3 (2026-01-06)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R59d056d832b846eb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7a38a8526fcc47c7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0d84fa51359b44a1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb989186d160a4da2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra11973f593124578" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0d84fa51359b44a1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R153ff0bbf0d24b24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb989186d160a4da2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>World Power Momentum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J628</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>127,192</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,380</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>