--- v3 (2026-01-06)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7a38a8526fcc47c7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbae6be564d62456a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb989186d160a4da2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5af0ecd4c4f246d2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R153ff0bbf0d24b24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb989186d160a4da2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R33363153a4934c69" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5af0ecd4c4f246d2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>World Power Momentum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J628</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>130,380</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,116</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>