--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbae6be564d62456a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3fbda5b817d645d7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5af0ecd4c4f246d2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R55bce326f4034e42"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R33363153a4934c69" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5af0ecd4c4f246d2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8d7482bec4dd4a32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R55bce326f4034e42" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>World Power Momentum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J628</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,443 +149,65 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...296 lines deleted...]
-          <x:t>05.02.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,218</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,263</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>132,449</x:t>
-[...84 lines deleted...]
-        <x:is>
           <x:t>131,006</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,487</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,260</x:t>
         </x:is>
       </x:c>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,051</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,517</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,816</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,245</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>