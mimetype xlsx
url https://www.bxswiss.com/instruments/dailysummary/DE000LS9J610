--- v0 (2025-10-25)
+++ v1 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb926db3187254c1b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb63718ed24864a11" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0bac62a1a93c4c71"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re3c022d10a514789"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R29940804efef4123" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0bac62a1a93c4c71" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb18cbac56ec84596" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re3c022d10a514789" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GOLDENROCK</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J610</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,245</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,812</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,940</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,113</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,646</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,944</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,106</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,949</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>