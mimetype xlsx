--- v1 (2025-11-15)
+++ v2 (2025-12-19)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb63718ed24864a11" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0d3e9c6fdb6c4da3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re3c022d10a514789"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R922e451366f94b9d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb18cbac56ec84596" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re3c022d10a514789" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd86a48bec260497d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R922e451366f94b9d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GOLDENROCK</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J610</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>136,949</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,806</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>