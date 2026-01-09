--- v2 (2025-12-19)
+++ v3 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0d3e9c6fdb6c4da3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rea610d4ae87d4a73" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R922e451366f94b9d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf6155cac8ed34529"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd86a48bec260497d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R922e451366f94b9d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R92d137dc050a43ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf6155cac8ed34529" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GOLDENROCK</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J610</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,478 +149,53 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>08.12.2025</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,640</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,701</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,281</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,210</x:t>
@@ -791,31 +366,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,302</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,245</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,156</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,018</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>