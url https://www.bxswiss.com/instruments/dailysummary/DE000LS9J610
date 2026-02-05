--- v3 (2026-01-09)
+++ v4 (2026-02-05)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rea610d4ae87d4a73" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb403435b3cd4882" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf6155cac8ed34529"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0210362fbca54d0d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R92d137dc050a43ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf6155cac8ed34529" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R162285b29d4a4068" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0210362fbca54d0d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GOLDENROCK</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J610</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,408 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...356 lines deleted...]
-        <x:is>
           <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,732</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,070</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,305</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -609,31 +251,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>08.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,460</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,869</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,009</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,107</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>