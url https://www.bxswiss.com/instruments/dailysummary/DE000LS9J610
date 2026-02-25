--- v4 (2026-02-05)
+++ v5 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb403435b3cd4882" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re0e24d26d8664314" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0210362fbca54d0d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7c62fff59e434b63"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R162285b29d4a4068" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0210362fbca54d0d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R12720e620f5e4ae7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7c62fff59e434b63" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GOLDENROCK</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J610</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>26.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,965</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,184</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,856</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,349</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>04.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,763</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,986</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,202</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,408</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>