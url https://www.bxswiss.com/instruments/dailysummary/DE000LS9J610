--- v5 (2026-02-25)
+++ v6 (2026-03-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re0e24d26d8664314" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R489113616627467b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7c62fff59e434b63"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5cdf13b46e4c40ff"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R12720e620f5e4ae7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7c62fff59e434b63" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re5e802136fbe47fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5cdf13b46e4c40ff" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GOLDENROCK</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J610</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,527</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,601</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,216</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,321</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,777</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,134</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,979</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,802</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>