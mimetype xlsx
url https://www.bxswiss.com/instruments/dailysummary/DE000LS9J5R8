--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7fdd9d68eec54dcb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raf63d1fed380405f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc387c103d5c442b7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb22bfc9e3b3a48be"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4c44e090125a4c16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc387c103d5c442b7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R043af59546fd4923" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb22bfc9e3b3a48be" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5 gross¸e Biotechnologie-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J5R8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,465</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,570</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,890</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,228</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,727</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,318</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,465</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>