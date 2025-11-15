--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raf63d1fed380405f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0bae9591ca734736" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb22bfc9e3b3a48be"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4e9539e90da647c9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R043af59546fd4923" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb22bfc9e3b3a48be" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1df4d337d11f46d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4e9539e90da647c9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5 gross¸e Biotechnologie-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J5R8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...323 lines deleted...]
-          <x:t>09.10.2025</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,980</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,732</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,643</x:t>
-[...306 lines deleted...]
-          <x:t>100,465</x:t>
+          <x:t>99,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,278</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>