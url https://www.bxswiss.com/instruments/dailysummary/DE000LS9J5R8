--- v2 (2025-11-15)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0bae9591ca734736" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R15d81d17deff4ad8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4e9539e90da647c9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R32955d1775a14150"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1df4d337d11f46d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4e9539e90da647c9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4c2742c694e14064" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R32955d1775a14150" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5 gross¸e Biotechnologie-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J5R8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>103,278</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,085</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>