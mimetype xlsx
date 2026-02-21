--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R15d81d17deff4ad8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7c06a0776f9b4083" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R32955d1775a14150"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re88b55fe4cc541cf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4c2742c694e14064" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R32955d1775a14150" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R527b150b3f0c4d71" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re88b55fe4cc541cf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5 gross¸e Biotechnologie-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J5R8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>112,085</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,877</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>