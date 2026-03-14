--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7c06a0776f9b4083" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc91b57f936d14ba5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re88b55fe4cc541cf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Redd43b6523ac4d0c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R527b150b3f0c4d71" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re88b55fe4cc541cf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reb462f5749974998" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Redd43b6523ac4d0c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5 gross¸e Biotechnologie-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J5R8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,353</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,441</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,188</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,090</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,692</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,983</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,041</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,118</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>