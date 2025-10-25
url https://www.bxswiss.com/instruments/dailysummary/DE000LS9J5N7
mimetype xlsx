--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R621f10a681c746ec" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R905a71c24fc94ffb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R84aa863d109a4f2c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R67ed07d9e1af423d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2ba4870f25e6428b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R84aa863d109a4f2c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4c355b6f2aea4838" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R67ed07d9e1af423d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Bottom Fishing High Frequency</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J5N7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,801</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,882</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,245</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,330</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,860</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,846</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,670</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,443</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>