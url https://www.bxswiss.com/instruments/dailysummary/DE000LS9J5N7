--- v1 (2025-10-25)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R905a71c24fc94ffb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R25e8feb831494ec1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R67ed07d9e1af423d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R43a7b29f47df4bff"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4c355b6f2aea4838" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R67ed07d9e1af423d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2fb9b890b1244c6f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R43a7b29f47df4bff" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Bottom Fishing High Frequency</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J5N7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>13.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,372</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,380</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,517</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,725</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,169</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,486</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,985</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,002</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>