--- v2 (2025-11-14)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R25e8feb831494ec1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra757c4c5cbda4676" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R43a7b29f47df4bff"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re8e60d04c9e84976"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2fb9b890b1244c6f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R43a7b29f47df4bff" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdc81cafcbe954e2f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re8e60d04c9e84976" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Bottom Fishing High Frequency</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J5N7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>91,002</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,185</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>