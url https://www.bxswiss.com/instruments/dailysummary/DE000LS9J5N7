--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra757c4c5cbda4676" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb6e1f8670aeb44cf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re8e60d04c9e84976"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R53ae53a8e4664513"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdc81cafcbe954e2f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re8e60d04c9e84976" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R81b9d1e3218b4a9e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R53ae53a8e4664513" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Bottom Fishing High Frequency</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J5N7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...350 lines deleted...]
-          <x:t>05.12.2025</x:t>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,981</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,336</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...163 lines deleted...]
-          <x:t>92,580</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,066</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>92,580</x:t>
-[...70 lines deleted...]
-          <x:t>92,509</x:t>
+          <x:t>91,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,981</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>92,336</x:t>
-[...26 lines deleted...]
-          <x:t>91,185</x:t>
+          <x:t>91,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,032</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>