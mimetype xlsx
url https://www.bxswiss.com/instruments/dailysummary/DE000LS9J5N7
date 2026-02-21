--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb6e1f8670aeb44cf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb7f3b0bb4f74db8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R53ae53a8e4664513"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8cec2c44ac114d0d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R81b9d1e3218b4a9e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R53ae53a8e4664513" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R25c92d8b876d4d63" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8cec2c44ac114d0d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Bottom Fishing High Frequency</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J5N7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...14 lines deleted...]
-          <x:t>90,376</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,396</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...401 lines deleted...]
-          <x:t>98,032</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,594</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>