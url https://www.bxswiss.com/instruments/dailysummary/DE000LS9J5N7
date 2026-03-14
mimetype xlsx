--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb7f3b0bb4f74db8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R89e35a5e45c84bb4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8cec2c44ac114d0d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9389bf944a66409f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R25c92d8b876d4d63" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8cec2c44ac114d0d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re4662f6c6d5b45ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9389bf944a66409f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Bottom Fishing High Frequency</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J5N7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,412</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,985</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,791</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,786</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,732</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,023</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,711</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,147</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>