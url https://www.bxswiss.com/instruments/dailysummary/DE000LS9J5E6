--- v0 (2025-11-14)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd1df492ba29470a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfa87ad19af6244f5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reca944f8ee3b48f2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd3903411d3504e61"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6c3ceddb6537472f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reca944f8ee3b48f2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0ca44e0997af4245" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd3903411d3504e61" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fundamentalanalysen Investment</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J5E6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>157,354</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,332</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>