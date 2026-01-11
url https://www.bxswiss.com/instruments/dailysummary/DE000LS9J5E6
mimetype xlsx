--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfa87ad19af6244f5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R245b7c3ca1b24075" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd3903411d3504e61"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbab8cec44c484192"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0ca44e0997af4245" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd3903411d3504e61" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re8e8b24532c6427f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbab8cec44c484192" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fundamentalanalysen Investment</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J5E6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,119</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,731</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,119</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,657</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,589</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,635</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,979</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,274</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>