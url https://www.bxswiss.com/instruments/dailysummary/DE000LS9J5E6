--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R245b7c3ca1b24075" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re21417efc0bb455d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbab8cec44c484192"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcab1869567814403"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re8e8b24532c6427f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbab8cec44c484192" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9e56163e1ae44ac0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcab1869567814403" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fundamentalanalysen Investment</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J5E6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>159,274</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,766</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>