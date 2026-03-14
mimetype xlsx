--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re21417efc0bb455d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra440489045c94aeb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcab1869567814403"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra953d5e0fd924003"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9e56163e1ae44ac0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcab1869567814403" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd94e4582bb134012" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra953d5e0fd924003" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fundamentalanalysen Investment</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J5E6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,786</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,231</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,232</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,776</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,687</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,092</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,928</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,305</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>