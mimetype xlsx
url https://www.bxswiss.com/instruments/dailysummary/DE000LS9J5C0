--- v0 (2025-10-31)
+++ v1 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R845efc9dedf04621" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf33d4fc8ff1a493f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R43c03736d6d848f2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb1f842e472ff46f7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R73383da6b7cf469c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R43c03736d6d848f2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3eb24f831d10499e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb1f842e472ff46f7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Qualität und Beständigkeit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J5C0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>157,448</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,547</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>