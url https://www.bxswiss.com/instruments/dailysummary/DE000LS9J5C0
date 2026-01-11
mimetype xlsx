--- v1 (2025-12-21)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf33d4fc8ff1a493f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R28d1da953a044514" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb1f842e472ff46f7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R09da25043f6c445d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3eb24f831d10499e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb1f842e472ff46f7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R941b2ffec7c44f6d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R09da25043f6c445d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Qualität und Beständigkeit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J5C0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,497 +149,92 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...225 lines deleted...]
-          <x:t>162,099</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,973</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,761</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>161,932</x:t>
-[...209 lines deleted...]
-        <x:is>
           <x:t>158,814</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,668</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,738</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,300</x:t>
         </x:is>
       </x:c>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,993</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,656</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,760</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>