--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R28d1da953a044514" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3bd28aac76e5440c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R09da25043f6c445d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra4ccfa67fec742d1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R941b2ffec7c44f6d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R09da25043f6c445d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R51cb278376564eec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra4ccfa67fec742d1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Qualität und Beständigkeit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J5C0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>163,760</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,294</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>