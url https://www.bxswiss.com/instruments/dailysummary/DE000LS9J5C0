--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3bd28aac76e5440c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4534e002c2974be8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra4ccfa67fec742d1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3059685502904e17"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R51cb278376564eec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra4ccfa67fec742d1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R65e67842d7634c36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3059685502904e17" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Qualität und Beständigkeit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J5C0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,440</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,544</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,836</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,867</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,289</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,392</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,031</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,523</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>