--- v0 (2025-10-25)
+++ v1 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reed83e1798d54d0c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcb53ca68a23a4a7a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R89a927beb8b34788"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf29fce7ca0f14c2b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3f8e5897a60341e8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R89a927beb8b34788" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R26ed7e309f9f4e9b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf29fce7ca0f14c2b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Real Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J4Z4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>372,007</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,594</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>