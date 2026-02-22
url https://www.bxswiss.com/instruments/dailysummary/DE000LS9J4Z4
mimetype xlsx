--- v1 (2026-01-08)
+++ v2 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcb53ca68a23a4a7a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R329a425c805c4e66" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf29fce7ca0f14c2b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc4e4999a85b54340"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R26ed7e309f9f4e9b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf29fce7ca0f14c2b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7c1fadfed9364aca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc4e4999a85b54340" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Real Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J4Z4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...14 lines deleted...]
-          <x:t>350,559</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,253</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>351,418</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...455 lines deleted...]
-          <x:t>368,594</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,457</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>