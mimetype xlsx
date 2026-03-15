--- v2 (2026-02-22)
+++ v3 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R329a425c805c4e66" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1141128a431c4220" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc4e4999a85b54340"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R82ef696a7ed240c9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7c1fadfed9364aca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc4e4999a85b54340" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R406e00029a88488c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R82ef696a7ed240c9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Real Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J4Z4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>370,970</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>378,944</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>370,078</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>377,203</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>390,886</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>391,574</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>388,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>389,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,505</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>