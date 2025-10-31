--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R219c247b3b0a4fc4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R73a74bd54eb94532" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1f347801ff5f42f2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R05ac61c7e8934b2e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf3918f2153a344e8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1f347801ff5f42f2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7c5bafb5e2d84771" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R05ac61c7e8934b2e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DMTSG5</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J4Y7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...31 lines deleted...]
-          <x:t>51,388</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,379</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>51,428</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>51,059</x:t>
-[...173 lines deleted...]
-          <x:t>12.09.2025</x:t>
+          <x:t>50,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,597</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>50,826</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>50,911</x:t>
-[...414 lines deleted...]
-          <x:t>52,326</x:t>
+          <x:t>50,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,740</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>