--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R73a74bd54eb94532" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb2c2a0f774e94cf1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R05ac61c7e8934b2e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rff789f6dda844412"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7c5bafb5e2d84771" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R05ac61c7e8934b2e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re6649c9f185a442e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rff789f6dda844412" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DMTSG5</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J4Y7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,465 +149,60 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...382 lines deleted...]
-          <x:t>49,123</x:t>
+          <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,611</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>48,908</x:t>
-[...20 lines deleted...]
-        <x:is>
           <x:t>49,939</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,383</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,932</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,816</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>48,939</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,135</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>48,710</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>48,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,233</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>