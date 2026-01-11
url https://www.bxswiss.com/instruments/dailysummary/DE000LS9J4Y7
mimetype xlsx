--- v2 (2025-11-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb2c2a0f774e94cf1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re6b90b337f814940" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rff789f6dda844412"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R96d9285c8d754b0b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re6649c9f185a442e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rff789f6dda844412" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc90837d76a7849bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R96d9285c8d754b0b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DMTSG5</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J4Y7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...328 lines deleted...]
-          <x:t>47,004</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,592</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>47,756</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>46,907</x:t>
-[...301 lines deleted...]
-          <x:t>43,233</x:t>
+          <x:t>47,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,768</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>