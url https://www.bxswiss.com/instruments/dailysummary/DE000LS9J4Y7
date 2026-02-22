--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re6b90b337f814940" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R122cecc517a348a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R96d9285c8d754b0b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R80c5fba65ae54b75"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc90837d76a7849bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R96d9285c8d754b0b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7720e5e660ba4cf3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R80c5fba65ae54b75" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DMTSG5</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J4Y7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>51,768</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,508</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>