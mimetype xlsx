--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R122cecc517a348a9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3cb695fe55cc4f0a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R80c5fba65ae54b75"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1bb5bcdd9158435d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7720e5e660ba4cf3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R80c5fba65ae54b75" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9bc76b64ae85404b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1bb5bcdd9158435d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DMTSG5</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J4Y7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>50,546</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>50,668</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>50,002</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>50,524</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>46,260</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>46,824</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>46,116</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>46,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,498</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>