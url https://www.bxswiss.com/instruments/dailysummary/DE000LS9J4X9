--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R52f6f58b4a374f84" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6d01db259936454a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8ef291f19cc2497a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R02f81f20578a4d14"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reb60ed9f5bdb425d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8ef291f19cc2497a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R39e90ed118b64daa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R02f81f20578a4d14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nebenwerte mit Substanz</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J4X9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,320</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,504</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,930</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,324</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,368</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,330</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,765</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>