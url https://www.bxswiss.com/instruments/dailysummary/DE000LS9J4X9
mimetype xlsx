--- v1 (2025-10-25)
+++ v2 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6d01db259936454a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2b30f869a7694423" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R02f81f20578a4d14"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R779cb2859f5c451b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R39e90ed118b64daa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R02f81f20578a4d14" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rade7d1cca2014051" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R779cb2859f5c451b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nebenwerte mit Substanz</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J4X9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>155,765</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,831</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>