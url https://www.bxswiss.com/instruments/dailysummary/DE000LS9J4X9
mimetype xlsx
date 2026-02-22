--- v2 (2026-01-08)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2b30f869a7694423" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1beedad77ebd42e2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R779cb2859f5c451b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re92e4a73c8754a65"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rade7d1cca2014051" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R779cb2859f5c451b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5d3d2398d5ac42b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re92e4a73c8754a65" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nebenwerte mit Substanz</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J4X9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...31 lines deleted...]
-          <x:t>162,386</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,759</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,902</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...411 lines deleted...]
-          <x:t>168,831</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,255</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>