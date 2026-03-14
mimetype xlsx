--- v3 (2026-02-22)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1beedad77ebd42e2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R60557a667b3743ed" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re92e4a73c8754a65"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9a02f1daca6d45d9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5d3d2398d5ac42b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re92e4a73c8754a65" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc3853cc15e95425c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9a02f1daca6d45d9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nebenwerte mit Substanz</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J4X9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,198</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,909</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,855</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,125</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,662</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>169,151</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,790</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,415</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>