--- v0 (2025-10-04)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7788a56b455a4782" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc7191334c3e949fd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbca3c5fabe9d47ef"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R591a759125a247c5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4cc873fcf87644dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbca3c5fabe9d47ef" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R70c88efacb874d66" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R591a759125a247c5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Israel Innovation Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J4S9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>241,598</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,397</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>