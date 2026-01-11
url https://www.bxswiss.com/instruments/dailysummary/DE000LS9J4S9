--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc7191334c3e949fd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R75c489b30b7f4bbc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R591a759125a247c5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdcf44e07160d483d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R70c88efacb874d66" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R591a759125a247c5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R25395042bbef4a25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdcf44e07160d483d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Israel Innovation Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J4S9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>271,502</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>271,821</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>269,305</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>270,794</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>259,424</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>260,757</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>258,035</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>260,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,330</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>