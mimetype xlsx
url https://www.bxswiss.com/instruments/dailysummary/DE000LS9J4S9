--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R75c489b30b7f4bbc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raaf23dbaef6b4aa2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdcf44e07160d483d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R17c68f81c32e4463"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R25395042bbef4a25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdcf44e07160d483d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R312cb4e62f464703" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R17c68f81c32e4463" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Israel Innovation Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J4S9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>273,330</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,492</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>