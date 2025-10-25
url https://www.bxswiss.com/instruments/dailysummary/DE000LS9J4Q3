--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb3171c71008d4604" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8db3a90b0a5e4128" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R675c743158e7425d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ref9ee86d016542a9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2eeebe70117447d9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R675c743158e7425d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R504aad4a19bf420f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ref9ee86d016542a9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Long Laenger</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J4Q3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,777</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,998</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,412</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,498</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,698</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,964</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,369</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,446</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>