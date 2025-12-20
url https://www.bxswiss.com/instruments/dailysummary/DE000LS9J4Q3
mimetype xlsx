--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8db3a90b0a5e4128" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R22d74ffe941145f6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ref9ee86d016542a9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcd3f48b473e54f4a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R504aad4a19bf420f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ref9ee86d016542a9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2d3f98928f184757" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcd3f48b473e54f4a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Long Laenger</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J4Q3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...419 lines deleted...]
-          <x:t>180,031</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,725</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...185 lines deleted...]
-          <x:t>185,446</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,946</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>