--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R22d74ffe941145f6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcc343fc9acca4e56" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcd3f48b473e54f4a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R05de42f3dc3b4b59"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2d3f98928f184757" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcd3f48b473e54f4a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra900b56d55c446de" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R05de42f3dc3b4b59" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Long Laenger</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J4Q3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,366</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,537</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,343</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,514</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,555</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,128</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,041</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,373</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>