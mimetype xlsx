--- v3 (2026-01-11)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcc343fc9acca4e56" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R817d7ba8b4964cca" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R05de42f3dc3b4b59"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R39b75c763f1f4dcb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra900b56d55c446de" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R05de42f3dc3b4b59" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R27daf338666e4298" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R39b75c763f1f4dcb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Long Laenger</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J4Q3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>192,373</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,488</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>