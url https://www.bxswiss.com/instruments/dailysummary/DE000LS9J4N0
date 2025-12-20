--- v0 (2025-10-25)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc12d15c5330b4f17" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R366e8bb491654e4a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9a0f6630bbb14904"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R795a2c2f07e24630"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1e931aa06e2d443e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9a0f6630bbb14904" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1c1790ed3418419a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R795a2c2f07e24630" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Warndorf Investment - long term</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J4N0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...598 lines deleted...]
-          <x:t>142,297</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,996</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,161</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>142,212</x:t>
-[...4 lines deleted...]
-          <x:t>143,154</x:t>
+          <x:t>141,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,161</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>