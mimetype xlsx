--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R366e8bb491654e4a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R358cc9aed772420b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R795a2c2f07e24630"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra97d6aa579ac43f3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1c1790ed3418419a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R795a2c2f07e24630" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R368d26a6f63f41f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra97d6aa579ac43f3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Warndorf Investment - long term</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J4N0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...176 lines deleted...]
-          <x:t>145,413</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,452</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,960</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...18 lines deleted...]
-          <x:t>145,791</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,770</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,170</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>28.11.2025</x:t>
-[...424 lines deleted...]
-          <x:t>145,161</x:t>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,174</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>