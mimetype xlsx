--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R358cc9aed772420b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9add51ba026547d3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra97d6aa579ac43f3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd590949b808541a9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R368d26a6f63f41f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra97d6aa579ac43f3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R11918b55bdb84e9a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd590949b808541a9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Warndorf Investment - long term</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J4N0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>148,174</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,796</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>