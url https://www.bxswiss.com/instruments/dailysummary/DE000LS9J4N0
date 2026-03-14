--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9add51ba026547d3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R142648415713438c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd590949b808541a9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reccebeb9558646c6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R11918b55bdb84e9a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd590949b808541a9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcc35c83393bd45b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reccebeb9558646c6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Warndorf Investment - long term</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J4N0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,497 +149,92 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...242 lines deleted...]
-          <x:t>02.02.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,563</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,677</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>142,210</x:t>
-[...192 lines deleted...]
-        <x:is>
           <x:t>138,317</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,622</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,773</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,778</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,378</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,928</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,156</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,154</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>