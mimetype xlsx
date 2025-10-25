--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R36acf4bf1fd44d53" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0e2c4a9fc21e4369" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re0dcd15f48a64af5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc6346f83a4ec40c1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0b257b78a1f34ed2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re0dcd15f48a64af5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5ff2abb44e574706" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc6346f83a4ec40c1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>New Economy</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J4J8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...85 lines deleted...]
-          <x:t>370,781</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>370,884</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>360,098</x:t>
-[...516 lines deleted...]
-        <x:is>
           <x:t>372,113</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>374,740</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>375,389</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>371,864</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>373,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,961</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>