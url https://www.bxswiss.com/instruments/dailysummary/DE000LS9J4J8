--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0e2c4a9fc21e4369" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R701fda6ffb6540ef" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc6346f83a4ec40c1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcd0b39ba250a4aea"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5ff2abb44e574706" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc6346f83a4ec40c1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6bfd806ff7734b7f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcd0b39ba250a4aea" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>New Economy</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J4J8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>373,930</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>376,589</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>371,481</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>375,465</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>379,732</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>385,238</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>379,372</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>383,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,323</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>