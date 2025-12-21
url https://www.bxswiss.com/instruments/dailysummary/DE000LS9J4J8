--- v2 (2025-11-15)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R701fda6ffb6540ef" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf69b00d07ca8475d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcd0b39ba250a4aea"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R60893a8db25f4c47"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6bfd806ff7734b7f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcd0b39ba250a4aea" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2c0fa30e311d4799" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R60893a8db25f4c47" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>New Economy</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J4J8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...149 lines deleted...]
-          <x:t>376,456</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,218</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>378,832</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...482 lines deleted...]
-          <x:t>373,323</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,299</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>