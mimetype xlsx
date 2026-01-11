--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf69b00d07ca8475d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R07117c533d924981" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R60893a8db25f4c47"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R879e06f504314045"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2c0fa30e311d4799" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R60893a8db25f4c47" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd77abd65e3a34f63" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R879e06f504314045" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>New Economy</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J4J8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>376,939</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>377,430</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>372,734</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>374,509</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>363,301</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>366,325</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>362,465</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>366,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,026</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>