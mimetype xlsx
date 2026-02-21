--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R07117c533d924981" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R647728b2365b45d9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R879e06f504314045"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0cfd13fb9bba4529"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd77abd65e3a34f63" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R879e06f504314045" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra3b48fcd9cad474d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0cfd13fb9bba4529" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>New Economy</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J4J8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>378,026</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,803</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>