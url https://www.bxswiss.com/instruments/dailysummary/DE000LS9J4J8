--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R647728b2365b45d9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2f91695b05504f5c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0cfd13fb9bba4529"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re943e7f339c24db6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra3b48fcd9cad474d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0cfd13fb9bba4529" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6e73e8fe6b5547a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re943e7f339c24db6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>New Economy</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J4J8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>330,512</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>330,512</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>325,437</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>326,283</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>320,212</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>322,803</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>318,094</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>322,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,664</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>