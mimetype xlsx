--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4ec68e393cff46a6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd827c087873b45ca" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6bf4a1b6995241d1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R870cf395a9b8460c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3851d4e4d58c44b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6bf4a1b6995241d1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R61345f2c16a64461" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R870cf395a9b8460c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Gold &amp; Silver</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J495</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,697</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,349</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,557</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,947</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,087</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,218</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,181</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,075</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>