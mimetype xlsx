--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd827c087873b45ca" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd229556d3ed14774" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R870cf395a9b8460c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1325b8ebaf4b4971"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R61345f2c16a64461" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R870cf395a9b8460c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra26c426191e643ea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1325b8ebaf4b4971" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Gold &amp; Silver</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J495</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,118</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,789</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,120</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,444</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,440</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,619</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,063</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,534</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>