--- v2 (2025-11-15)
+++ v3 (2025-12-19)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd229556d3ed14774" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb56f55a9371344cd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1325b8ebaf4b4971"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9a93390643824bd6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra26c426191e643ea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1325b8ebaf4b4971" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R75327f41dd12445d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9a93390643824bd6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Gold &amp; Silver</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J495</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>154,534</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,613</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>