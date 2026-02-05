--- v3 (2025-12-19)
+++ v4 (2026-02-05)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb56f55a9371344cd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2204eba2b1354b05" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9a93390643824bd6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcf0b4e968f604951"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R75327f41dd12445d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9a93390643824bd6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra549de20979e4e1b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcf0b4e968f604951" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Gold &amp; Silver</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J495</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...640 lines deleted...]
-          <x:t>180,613</x:t>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,667</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>