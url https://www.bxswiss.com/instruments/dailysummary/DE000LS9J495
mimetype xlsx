--- v4 (2026-02-05)
+++ v5 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2204eba2b1354b05" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf744d89558344140" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcf0b4e968f604951"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4ad25e5ce90e40b9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra549de20979e4e1b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcf0b4e968f604951" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdba3f9719e2749b9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4ad25e5ce90e40b9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Gold &amp; Silver</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J495</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>26.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>231,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>232,639</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>227,441</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>228,674</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>04.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>204,608</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>205,186</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>203,416</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>203,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,854</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>