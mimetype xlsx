--- v5 (2026-02-25)
+++ v6 (2026-03-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf744d89558344140" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9725cdd0b3604c8f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4ad25e5ce90e40b9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd6d185f162c24dc8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdba3f9719e2749b9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4ad25e5ce90e40b9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd552e3c39a724f29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd6d185f162c24dc8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Gold &amp; Silver</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J495</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>204,687</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>205,769</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>204,222</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>204,278</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>217,102</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>219,303</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>212,359</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>218,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,855</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>