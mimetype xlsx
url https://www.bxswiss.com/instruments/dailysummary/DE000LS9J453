--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra030b282d5254f4f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0c24607a6ed540f6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4552098b247f4fd7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb213e20536684a15"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2951e45d98b1463b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4552098b247f4fd7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R33e5be14df0e4d3c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb213e20536684a15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IM European M&amp;A Candidates</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J453</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...112 lines deleted...]
-          <x:t>93,525</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,316</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,569</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...82 lines deleted...]
-          <x:t>93,453</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,685</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,522</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...30 lines deleted...]
-          <x:t>15.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,595</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>93,668</x:t>
-[...133 lines deleted...]
-        <x:is>
           <x:t>93,641</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>93,487</x:t>
-[...57 lines deleted...]
-        <x:is>
           <x:t>93,418</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...182 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,520</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>