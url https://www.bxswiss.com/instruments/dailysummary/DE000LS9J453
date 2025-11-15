--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0c24607a6ed540f6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5bf5d97309744fa3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb213e20536684a15"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re0f74068208b4f10"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R33e5be14df0e4d3c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb213e20536684a15" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R317b1085c0a74e48" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re0f74068208b4f10" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IM European M&amp;A Candidates</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J453</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...269 lines deleted...]
-          <x:t>07.10.2025</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,181</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>93,210</x:t>
-[...205 lines deleted...]
-          <x:t>17.10.2025</x:t>
+          <x:t>93,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,358</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>92,615</x:t>
-[...144 lines deleted...]
-          <x:t>92,520</x:t>
+          <x:t>92,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,111</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>