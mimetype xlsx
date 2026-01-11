--- v2 (2025-11-15)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5bf5d97309744fa3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf4588584ec684f28" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re0f74068208b4f10"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R781c423a92bf4d97"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R317b1085c0a74e48" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re0f74068208b4f10" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R33c8021e44e14706" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R781c423a92bf4d97" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IM European M&amp;A Candidates</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J453</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...9 lines deleted...]
-          <x:t>93,085</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,649</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,858</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>92,984</x:t>
-[...507 lines deleted...]
-          <x:t>93,047</x:t>
+          <x:t>92,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,980</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,087</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...104 lines deleted...]
-          <x:t>92,111</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,050</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>