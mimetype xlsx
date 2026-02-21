--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf4588584ec684f28" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R437c0c2f85d04ca4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R781c423a92bf4d97"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9d95963c8ee04880"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R33c8021e44e14706" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R781c423a92bf4d97" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfd67f3ad27f64c01" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9d95963c8ee04880" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IM European M&amp;A Candidates</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J453</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>93,050</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,064</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>