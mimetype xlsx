--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R437c0c2f85d04ca4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R455973396c284960" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9d95963c8ee04880"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdc10c56832044446"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfd67f3ad27f64c01" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9d95963c8ee04880" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R78596d7037d54e8e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdc10c56832044446" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IM European M&amp;A Candidates</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J453</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,087</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,099</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,705</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,949</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,932</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,157</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,898</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,022</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>