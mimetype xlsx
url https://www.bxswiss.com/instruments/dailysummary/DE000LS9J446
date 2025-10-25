--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R70bb65491fe94f5a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rde3a93e14cad4821" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd264c9ca3ebe48f6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R539be34e200b49bb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6307b86c9cd847aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd264c9ca3ebe48f6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5fe4665bdefd45aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R539be34e200b49bb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value Investing nach B. Graham</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J446</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,519 +149,114 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...350 lines deleted...]
-          <x:t>19.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,143</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>124,566</x:t>
-[...106 lines deleted...]
-        <x:is>
           <x:t>124,305</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,364</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,439</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,729</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,786</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,834</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,695</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,808</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>