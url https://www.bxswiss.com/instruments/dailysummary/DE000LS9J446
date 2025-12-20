--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rde3a93e14cad4821" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3bb267505e1d4326" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R539be34e200b49bb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6bcadd6bd2554c3c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5fe4665bdefd45aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R539be34e200b49bb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re0e65c31bcb24003" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6bcadd6bd2554c3c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value Investing nach B. Graham</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J446</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>122,808</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,501</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>