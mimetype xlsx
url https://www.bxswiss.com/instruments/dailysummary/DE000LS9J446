--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3bb267505e1d4326" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfdfa5556252d4f28" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6bcadd6bd2554c3c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5431dfc656814d82"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re0e65c31bcb24003" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6bcadd6bd2554c3c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0f674b86715b4b97" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5431dfc656814d82" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value Investing nach B. Graham</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J446</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,923</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,190</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,923</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,134</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,598</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,593</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,188</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>