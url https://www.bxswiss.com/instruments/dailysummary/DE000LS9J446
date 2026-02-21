--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfdfa5556252d4f28" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R456399bdbbf74d6a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5431dfc656814d82"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R910aabd70d0c46db"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0f674b86715b4b97" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5431dfc656814d82" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb5d11c863e14491a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R910aabd70d0c46db" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value Investing nach B. Graham</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J446</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>122,188</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,790</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>