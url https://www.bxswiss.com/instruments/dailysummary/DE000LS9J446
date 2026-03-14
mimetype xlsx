--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R456399bdbbf74d6a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcb7feca14a2d462d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R910aabd70d0c46db"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R342bfa25496d4881"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb5d11c863e14491a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R910aabd70d0c46db" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8e4d2ef84e884f6c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R342bfa25496d4881" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value Investing nach B. Graham</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J446</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,448 +149,70 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...36 lines deleted...]
-          <x:t>123,757</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,063</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,118</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>123,323</x:t>
-[...349 lines deleted...]
-        <x:is>
           <x:t>123,692</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,764</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,853</x:t>
         </x:is>
       </x:c>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,628</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,448</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,526</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,101</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>