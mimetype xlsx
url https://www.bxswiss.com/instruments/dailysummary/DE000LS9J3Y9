--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd667b87ac934c80" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R02de5d9fc4d04c84" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra40efc4b5db047a4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R827c9df73ff4444a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcd44d83009624ad5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra40efc4b5db047a4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R58e81dcd4ba14575" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R827c9df73ff4444a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Firmen mit Wettbewerbsvorteilen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J3Y9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,148 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.09.2025</x:t>
-[...96 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,868</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,903</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,687</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,796</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -484,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,883</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,254</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,977</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,623</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>