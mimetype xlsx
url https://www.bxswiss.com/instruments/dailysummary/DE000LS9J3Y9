--- v1 (2025-10-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R02de5d9fc4d04c84" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R44aaf58a15c44689" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R827c9df73ff4444a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfd32df2b417f4eba"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R58e81dcd4ba14575" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R827c9df73ff4444a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R24a4cf108f1d4dc2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfd32df2b417f4eba" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Firmen mit Wettbewerbsvorteilen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J3Y9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>153,623</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,289</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>