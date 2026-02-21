--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R44aaf58a15c44689" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R450a9717897f490b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfd32df2b417f4eba"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1309e9ea3ed54a50"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R24a4cf108f1d4dc2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfd32df2b417f4eba" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R421ab93b9fa94a3b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1309e9ea3ed54a50" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Firmen mit Wettbewerbsvorteilen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J3Y9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>154,289</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,657</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>