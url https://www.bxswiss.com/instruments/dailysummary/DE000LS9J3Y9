--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R450a9717897f490b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5041cd0c2ef64707" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1309e9ea3ed54a50"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc31ee409b9f74714"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R421ab93b9fa94a3b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1309e9ea3ed54a50" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R547e32fb4aa44d38" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc31ee409b9f74714" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Firmen mit Wettbewerbsvorteilen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J3Y9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,916</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,541</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,695</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,464</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,821</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,869</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,943</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,567</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>