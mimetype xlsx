--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6a5deba8dd134447" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd986e8cd51eb43b8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R83959fb431014d02"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reaa843631d0c4df0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R42a53232e12345b9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R83959fb431014d02" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd8e7a96cceae4264" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reaa843631d0c4df0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Growth Opportunity</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J3W3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,233</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,771</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,407</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,709</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,930</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,079</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,729</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,125</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>