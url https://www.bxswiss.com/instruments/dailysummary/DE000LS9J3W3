--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd986e8cd51eb43b8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R54f4b4e106494194" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reaa843631d0c4df0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbc081574f14d40d3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd8e7a96cceae4264" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reaa843631d0c4df0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdc95710b732c4bf6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbc081574f14d40d3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Growth Opportunity</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J3W3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...176 lines deleted...]
-          <x:t>109,012</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,830</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,630</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...455 lines deleted...]
-          <x:t>118,125</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,124</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>