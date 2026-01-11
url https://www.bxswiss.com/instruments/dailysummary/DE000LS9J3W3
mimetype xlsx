--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R54f4b4e106494194" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3d4cdd3ebf934ef9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbc081574f14d40d3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raabd48888afa4e15"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdc95710b732c4bf6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbc081574f14d40d3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9beb2edc3f984ee7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raabd48888afa4e15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Growth Opportunity</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J3W3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,104</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,652</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,339</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,374</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,119</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,534</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,641</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,882</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>