--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3d4cdd3ebf934ef9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6411030c7c624372" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raabd48888afa4e15"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7e96154653be48a6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9beb2edc3f984ee7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raabd48888afa4e15" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd6d052aefac44bbc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7e96154653be48a6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Growth Opportunity</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J3W3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...31 lines deleted...]
-          <x:t>111,782</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,502</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,280</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>108,759</x:t>
-[...409 lines deleted...]
-          <x:t>111,882</x:t>
+          <x:t>108,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,348</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>