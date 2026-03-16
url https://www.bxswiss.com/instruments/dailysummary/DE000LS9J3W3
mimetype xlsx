--- v4 (2026-02-22)
+++ v5 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6411030c7c624372" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd9a73edc593f4d27" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7e96154653be48a6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfc10e1a5a80f4206"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd6d052aefac44bbc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7e96154653be48a6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R511756d3193c4d2b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfc10e1a5a80f4206" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Growth Opportunity</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J3W3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,793</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,752</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,851</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,348</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,207</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,213</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,476</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>