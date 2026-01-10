--- v0 (2025-10-04)
+++ v1 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a8477bcb6734874" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7447761ec5784e16" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3c7126cf368341d9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4e93d49f804b4b7b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5c4cb906e8804acb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3c7126cf368341d9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ree32a0a0a6374422" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4e93d49f804b4b7b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Valueinvesting</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J3V5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>125,676</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,327</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>