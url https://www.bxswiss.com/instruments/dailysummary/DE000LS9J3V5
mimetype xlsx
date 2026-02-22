--- v1 (2026-01-10)
+++ v2 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7447761ec5784e16" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1e371d2f96c84435" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4e93d49f804b4b7b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdb582ae20c374408"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ree32a0a0a6374422" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4e93d49f804b4b7b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R12ec87991ca840eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdb582ae20c374408" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Valueinvesting</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J3V5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>118,327</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,396</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>