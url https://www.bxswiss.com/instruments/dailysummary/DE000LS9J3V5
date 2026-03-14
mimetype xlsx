--- v2 (2026-02-22)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1e371d2f96c84435" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4aeb6cfe59584304" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdb582ae20c374408"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0596fc2a55c344b3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R12ec87991ca840eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdb582ae20c374408" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R00966789cead475e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0596fc2a55c344b3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Valueinvesting</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J3V5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,227</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,823</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,610</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,345</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,860</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,567</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,973</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,807</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>