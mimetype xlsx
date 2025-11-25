--- v0 (2025-10-14)
+++ v1 (2025-11-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2d090420fa364faa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R77c6d2b23d2b403b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf9ee147bddae46c3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcc95c45d2db44016"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6b77538fc91d4d97" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf9ee147bddae46c3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raef37fc2e0a14dd0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcc95c45d2db44016" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trendfolge Aktien-Werte Europa</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J3Q5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>160,995</x:t>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,463</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>