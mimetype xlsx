--- v1 (2025-11-25)
+++ v2 (2026-01-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R77c6d2b23d2b403b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9bce90ab612b4a72" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcc95c45d2db44016"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re98d722a80904e5e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raef37fc2e0a14dd0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcc95c45d2db44016" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R80cad83c9c334ed5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re98d722a80904e5e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trendfolge Aktien-Werte Europa</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J3Q5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,437 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.10.2025</x:t>
-[...586 lines deleted...]
-          <x:t>152,463</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,682</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>