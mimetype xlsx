--- v2 (2026-01-07)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9bce90ab612b4a72" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R45f65f6a3dc04674" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re98d722a80904e5e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rca3b691f98a84bc5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R80cad83c9c334ed5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re98d722a80904e5e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R84ee244390a6444e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rca3b691f98a84bc5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trendfolge Aktien-Werte Europa</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J3Q5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,437 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...404 lines deleted...]
-          <x:t>167,682</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,519</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>