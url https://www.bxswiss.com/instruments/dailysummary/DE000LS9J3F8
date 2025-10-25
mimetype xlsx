--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3bca914e983b459f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R37e9930ba40b461c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0965f36928344740"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0f9c3ace99804d15"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1078b7f144b24f58" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0965f36928344740" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R14ae598e5b704c87" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0f9c3ace99804d15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TomsTrends'nTrades</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J3F8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>354,230</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>356,923</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>353,393</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>353,960</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>358,473</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>362,690</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>357,479</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>360,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,461</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>