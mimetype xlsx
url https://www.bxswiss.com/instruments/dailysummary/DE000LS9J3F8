--- v1 (2025-10-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R37e9930ba40b461c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re4ccd92d88474b9c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0f9c3ace99804d15"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9c8952b216944bec"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R14ae598e5b704c87" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0f9c3ace99804d15" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R68a38da4afdc4818" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9c8952b216944bec" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TomsTrends'nTrades</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J3F8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>363,461</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,948</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>