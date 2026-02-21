--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re4ccd92d88474b9c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdad0f974677b40de" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9c8952b216944bec"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3e2c8eaa46fb4f87"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R68a38da4afdc4818" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9c8952b216944bec" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb8e696eba17c46ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3e2c8eaa46fb4f87" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TomsTrends'nTrades</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J3F8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>324,948</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,463</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>