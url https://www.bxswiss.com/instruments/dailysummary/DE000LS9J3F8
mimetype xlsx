--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdad0f974677b40de" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3e601289a7034a21" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3e2c8eaa46fb4f87"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdd04d93a9f044e04"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb8e696eba17c46ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3e2c8eaa46fb4f87" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R72af6a001c6041ea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdd04d93a9f044e04" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TomsTrends'nTrades</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J3F8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>268,366</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>269,937</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>265,714</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>269,739</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>268,498</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>270,818</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>265,616</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>270,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,859</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>