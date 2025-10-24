--- v0 (2025-10-03)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R26e3c083f85c4d40" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3d7b845ec59043ed" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R75dfa3f409c641a9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R59853dc5147f43da"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R195236442bb24691" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R75dfa3f409c641a9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra3294f41f84a4b22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R59853dc5147f43da" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>World of Consumption</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J362</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...203 lines deleted...]
-          <x:t>105,557</x:t>
+          <x:t>22.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,729</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...428 lines deleted...]
-          <x:t>104,998</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,672</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>