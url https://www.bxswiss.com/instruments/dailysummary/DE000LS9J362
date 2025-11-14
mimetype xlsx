--- v1 (2025-10-24)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3d7b845ec59043ed" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd8081a26cee44e62" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R59853dc5147f43da"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb054918183fc4cd6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra3294f41f84a4b22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R59853dc5147f43da" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9402d678c85c445b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb054918183fc4cd6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>World of Consumption</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J362</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...382 lines deleted...]
-          <x:t>106,807</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,135</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,478</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>106,231</x:t>
-[...247 lines deleted...]
-          <x:t>107,672</x:t>
+          <x:t>107,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,957</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>