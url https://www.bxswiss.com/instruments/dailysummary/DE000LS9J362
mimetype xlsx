--- v2 (2025-11-14)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd8081a26cee44e62" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5f35ffe2089f44f6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb054918183fc4cd6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R78cc269df4074c5b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9402d678c85c445b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb054918183fc4cd6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3c8a2da9e5ae406e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R78cc269df4074c5b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>World of Consumption</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J362</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...230 lines deleted...]
-          <x:t>107,526</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,227</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,672</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...401 lines deleted...]
-          <x:t>107,957</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,946</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>