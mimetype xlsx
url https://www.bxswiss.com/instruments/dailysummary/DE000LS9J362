--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5f35ffe2089f44f6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0f4e3c61889b49cb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R78cc269df4074c5b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R117c9a63957d4eab"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3c8a2da9e5ae406e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R78cc269df4074c5b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdbbbe8edb6024ad4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R117c9a63957d4eab" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>World of Consumption</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J362</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,348</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,640</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,339</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,623</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,155</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,155</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,480</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,103</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>