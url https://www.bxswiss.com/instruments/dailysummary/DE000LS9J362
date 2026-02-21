--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0f4e3c61889b49cb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R07de028b675a47bd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R117c9a63957d4eab"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0bd783aed4dc46b6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdbbbe8edb6024ad4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R117c9a63957d4eab" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R667ab93b2341481f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0bd783aed4dc46b6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>World of Consumption</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J362</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...36 lines deleted...]
-          <x:t>107,369</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,908</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>107,070</x:t>
-[...43 lines deleted...]
-          <x:t>108,025</x:t>
+          <x:t>107,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,270</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,632</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>107,902</x:t>
-[...350 lines deleted...]
-          <x:t>107,103</x:t>
+          <x:t>107,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,013</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>