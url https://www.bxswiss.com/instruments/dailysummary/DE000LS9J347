--- v0 (2025-10-03)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c1b36869cd24b0d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R41a64a6b9113441d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3553fae585f94c71"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R57e2fdffbe2d44ee"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5995946857a64a35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3553fae585f94c71" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2006046715604f2f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R57e2fdffbe2d44ee" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Longterm Equity Mix</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J347</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>22.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>231,351</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>231,442</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>230,667</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>231,042</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>229,832</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>229,906</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>228,408</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>229,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,467</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>