--- v1 (2025-10-24)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R41a64a6b9113441d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb4a175f602bf48e5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R57e2fdffbe2d44ee"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R92102de69a614a06"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2006046715604f2f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R57e2fdffbe2d44ee" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra2c3138d09f946ea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R92102de69a614a06" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Longterm Equity Mix</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J347</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>13.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>228,257</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>228,688</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>227,352</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>228,680</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>229,723</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>230,117</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>228,861</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>229,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,899</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>