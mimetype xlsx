--- v2 (2025-11-14)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb4a175f602bf48e5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re2d29badd7c74c68" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R92102de69a614a06"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rddab67ea49664005"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra2c3138d09f946ea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R92102de69a614a06" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R52f7ebde71974df6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rddab67ea49664005" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Longterm Equity Mix</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J347</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>235,899</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,450</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>