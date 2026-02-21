--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re2d29badd7c74c68" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0abda069d8c04cf3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rddab67ea49664005"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R65ccb7664fb447c5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R52f7ebde71974df6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rddab67ea49664005" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7606b7d842864015" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R65ccb7664fb447c5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Longterm Equity Mix</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J347</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>251,450</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,833</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>