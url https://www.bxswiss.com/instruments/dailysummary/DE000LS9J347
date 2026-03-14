--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0abda069d8c04cf3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3bcd4e2489214a5f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R65ccb7664fb447c5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd54ec2ec6c924f36"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7606b7d842864015" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R65ccb7664fb447c5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6da44f4a86d04538" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd54ec2ec6c924f36" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Longterm Equity Mix</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J347</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>235,228</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>235,319</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>231,756</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>234,311</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>231,737</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>233,381</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>231,249</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>232,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,323</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>