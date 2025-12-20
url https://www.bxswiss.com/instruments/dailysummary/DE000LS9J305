--- v0 (2025-11-14)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3a1e7496a34b45e0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5bbcce4744634fdd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb568b7a732c34c9b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R410274eb14b9422e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5efa0f1b70494ccf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb568b7a732c34c9b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbdd1fa63c8c64569" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R410274eb14b9422e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BrandZ Selektion</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J305</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>251,309</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,824</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>