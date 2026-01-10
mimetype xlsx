--- v1 (2025-12-20)
+++ v2 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5bbcce4744634fdd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re7f95780354c4cba" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R410274eb14b9422e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8667832c98084d7f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbdd1fa63c8c64569" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R410274eb14b9422e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd435fb34b241488c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8667832c98084d7f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BrandZ Selektion</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J305</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>254,477</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>254,573</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>253,486</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>253,910</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>249,151</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>250,168</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>248,441</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>249,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,149</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>