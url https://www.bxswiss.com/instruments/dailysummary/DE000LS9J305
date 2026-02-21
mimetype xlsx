--- v2 (2026-01-10)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re7f95780354c4cba" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfaa2ae93123742a0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8667832c98084d7f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R17b3f05349b14399"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd435fb34b241488c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8667832c98084d7f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R19f91e115e504b4c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R17b3f05349b14399" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BrandZ Selektion</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J305</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>253,149</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,563</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>