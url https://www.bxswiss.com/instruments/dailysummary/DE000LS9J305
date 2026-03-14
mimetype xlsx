--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfaa2ae93123742a0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3d1900adfeba4029" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R17b3f05349b14399"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R425c8c9cb596411f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R19f91e115e504b4c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R17b3f05349b14399" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3ee0109c96414b6d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R425c8c9cb596411f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BrandZ Selektion</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J305</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>239,937</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>240,158</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>238,179</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>239,896</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>234,603</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>236,157</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>233,885</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>235,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,605</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>