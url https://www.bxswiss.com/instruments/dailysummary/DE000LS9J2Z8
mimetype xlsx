--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f6a8e6fb2634c29" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9e90d49725b04a3f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R23c2f8454eec4640"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R35df333097e24874"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R78638319ab1e4a72" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R23c2f8454eec4640" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfdb212f2e5ed416a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R35df333097e24874" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SCROOGE ohne HEBEL</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J2Z8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...360 lines deleted...]
-          <x:t>38,757</x:t>
+          <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>38,239</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>38,357</x:t>
-[...48 lines deleted...]
-          <x:t>38,088</x:t>
+          <x:t>38,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,926</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>38,110</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...86 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,926</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>38,110</x:t>
+          <x:t>38,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,883</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,926</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>38,057</x:t>
-[...107 lines deleted...]
-          <x:t>37,914</x:t>
+          <x:t>37,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,094</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>