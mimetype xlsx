--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9e90d49725b04a3f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbd83531d40fc4d4d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R35df333097e24874"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8237b4c6d47647d3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfdb212f2e5ed416a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R35df333097e24874" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R66bfbd44f5744b21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8237b4c6d47647d3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SCROOGE ohne HEBEL</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J2Z8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...53 lines deleted...]
-          <x:t>25.09.2025</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,523</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>38,167</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>38,250</x:t>
-[...576 lines deleted...]
-          <x:t>37,094</x:t>
+          <x:t>38,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,146</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>