--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbd83531d40fc4d4d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc1cdb6ad80ff4839" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8237b4c6d47647d3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2461269e9bb24aff"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R66bfbd44f5744b21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8237b4c6d47647d3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6df7e8ed5db34e11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2461269e9bb24aff" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SCROOGE ohne HEBEL</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J2Z8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...382 lines deleted...]
-          <x:t>38,959</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>39,143</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>38,946</x:t>
-[...43 lines deleted...]
-          <x:t>38,910</x:t>
+          <x:t>39,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,087</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>39,228</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>38,897</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>39,120</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...158 lines deleted...]
-          <x:t>39,146</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,092</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>