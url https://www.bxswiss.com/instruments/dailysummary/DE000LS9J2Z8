--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc1cdb6ad80ff4839" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf03fed22c64c4b5b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2461269e9bb24aff"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5a561102608f4e65"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6df7e8ed5db34e11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2461269e9bb24aff" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbc7bd91b6d57477b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5a561102608f4e65" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SCROOGE ohne HEBEL</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J2Z8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>39,092</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,194</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>