--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf03fed22c64c4b5b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ref91dcb573e74cdc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5a561102608f4e65"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3b537b0402c64e6e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbc7bd91b6d57477b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5a561102608f4e65" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7f04e33f0a384be7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3b537b0402c64e6e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SCROOGE ohne HEBEL</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J2Z8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,470</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,639</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,377</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,449</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>36,920</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,369</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>36,906</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,934</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>