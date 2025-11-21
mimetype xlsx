--- v0 (2025-10-04)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc216e670d5bf4322" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc5b3d5ad0c0142d2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc63171b5fc2b48d9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbcf5495b6f894c5a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd2a96f26e3404238" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc63171b5fc2b48d9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rea9b610d4dec47fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbcf5495b6f894c5a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktie &amp; Produkt begehrenswert</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J2X3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>249,890</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,149</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>