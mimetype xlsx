--- v1 (2025-11-21)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc5b3d5ad0c0142d2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb2393ad809994fb8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbcf5495b6f894c5a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R70dbd492f82b4530"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rea9b610d4dec47fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbcf5495b6f894c5a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rece3fe1e32154cf7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R70dbd492f82b4530" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktie &amp; Produkt begehrenswert</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J2X3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>261,149</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,667</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>