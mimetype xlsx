--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb2393ad809994fb8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc68002820699493c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R70dbd492f82b4530"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R36e5090470644913"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rece3fe1e32154cf7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R70dbd492f82b4530" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R62a1e63b8e744342" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R36e5090470644913" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktie &amp; Produkt begehrenswert</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J2X3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>236,440</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>237,241</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>233,779</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>233,863</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>232,574</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>235,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>231,156</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>235,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,952</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>