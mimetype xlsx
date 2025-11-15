--- v0 (2025-10-25)
+++ v1 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd5a5548aa6c44bb4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R50c42a923a47413c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1d7cdd1afd334595"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6ee66b0c89c5436f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R150d13aba7c5440b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1d7cdd1afd334595" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R17505630af2d4358" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6ee66b0c89c5436f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>US Equity</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J214</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,600 +149,195 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...112 lines deleted...]
-          <x:t>257,351</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>259,320</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>257,169</x:t>
-[...425 lines deleted...]
-        <x:is>
           <x:t>261,146</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>256,236</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>259,571</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>259,919</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>266,544</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>273,587</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>266,464</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>272,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,772</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>