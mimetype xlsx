--- v1 (2025-11-15)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R50c42a923a47413c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6ecd1393042e4172" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6ee66b0c89c5436f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re94c0bc2234a448c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R17505630af2d4358" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6ee66b0c89c5436f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R55d39ab39be645a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re94c0bc2234a448c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>US Equity</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J214</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>269,772</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,089</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>