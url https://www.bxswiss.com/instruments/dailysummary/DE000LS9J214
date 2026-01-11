--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6ecd1393042e4172" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc75ad7c7de61484f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re94c0bc2234a448c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd9b4031196a34ab4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R55d39ab39be645a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re94c0bc2234a448c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1dc3b3692ffc4553" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd9b4031196a34ab4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>US Equity</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J214</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>284,792</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>284,907</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>278,532</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>279,820</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>262,288</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>268,318</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>261,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>268,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,576</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>