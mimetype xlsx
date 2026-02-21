--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc75ad7c7de61484f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6fdd3fe926e94c85" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd9b4031196a34ab4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb1e60dac1401483e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1dc3b3692ffc4553" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd9b4031196a34ab4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R93035d02acb64d7d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb1e60dac1401483e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>US Equity</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J214</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>278,576</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,591</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>