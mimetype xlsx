--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6fdd3fe926e94c85" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcaca4039f3874d02" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb1e60dac1401483e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3f1e1d1de21d45ef"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R93035d02acb64d7d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb1e60dac1401483e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R40aa09b5f688450b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3f1e1d1de21d45ef" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>US Equity</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9J214</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>266,041</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>267,324</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>263,303</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>264,961</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>280,558</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>282,451</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>279,081</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>281,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,809</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>